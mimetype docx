--- v0 (2025-10-18)
+++ v1 (2026-03-27)
@@ -1,3368 +1,24422 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="00D12D0B" w:rsidRPr="00B80CE8" w:rsidRDefault="00D12D0B" w:rsidP="00D12D0B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B80CE8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
           <w:bdr w:val="double" w:sz="4" w:space="0" w:color="002060"/>
           <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
         </w:rPr>
         <w:t>Artículo Original Cua</w:t>
       </w:r>
-      <w:r w:rsidR="0061413F">
+      <w:r w:rsidR="00EA0F3F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
           <w:bdr w:val="double" w:sz="4" w:space="0" w:color="002060"/>
           <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidRPr="00B80CE8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
           <w:bdr w:val="double" w:sz="4" w:space="0" w:color="002060"/>
           <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
         </w:rPr>
         <w:t>itativo</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D12D0B" w:rsidRPr="00600577" w:rsidRDefault="00D12D0B" w:rsidP="00D12D0B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FF6097" w:rsidRPr="00D27988" w:rsidRDefault="00FF6097" w:rsidP="00FF6097">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00F64232" w:rsidRPr="009312D8" w:rsidRDefault="00F64232" w:rsidP="00F64232">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
+          <w:i/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D27988">
+      <w:r w:rsidRPr="009312D8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Título </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D27988">
+        <w:t xml:space="preserve">CONSTRUYENDO SISTEMAS DE SALUD RESILIENTES: </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">(sin la palabra título, en español, letra </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D27988">
+        <w:t xml:space="preserve">Lecciones aprendidas y prácticas óptimas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009312D8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>verdana</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D27988">
+        <w:t>para combatir la corrupción y mejorar la salud poblacional</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F64232" w:rsidRPr="00C94DFB" w:rsidRDefault="00F64232" w:rsidP="00F64232">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
+          <w:i/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C94DFB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
+          <w:i/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D27988">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">BUILDING RESILIENT HEALTH SYSTEMS: </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
+          <w:i/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:jc w:val="right"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lessons learned and best practices </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C94DFB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>for combating corruption and improving population health</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00FF6097" w:rsidRPr="00600577" w:rsidRDefault="00FF6097" w:rsidP="00FF6097">
+    <w:p w:rsidR="00F64232" w:rsidRDefault="00F64232" w:rsidP="00F64232">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CONSTRUIRE DES SYSTÈMES DE SANTÉ RÉSILIENS: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Leçons</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>apprises</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>meilleures</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pratiques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>combattre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>corruption</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>améliorer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>santé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F64232" w:rsidRPr="00005C4B" w:rsidRDefault="00F64232" w:rsidP="00F64232">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CONSTRUINDO SISTEMAS DE SAÚDE RESILIENTES: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Lições</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aprendidas e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>melhores</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>práticas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>combater</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>corrupção</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>melhorar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>saúde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>população</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="003958E6" w:rsidRPr="00FC48D6" w:rsidRDefault="0011136B" w:rsidP="003958E6">
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00F64232" w:rsidRPr="009D106B" w:rsidRDefault="00F64232" w:rsidP="00F64232">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-          <w:snapToGrid w:val="0"/>
-[...71 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D106B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Autor: Mario Ricardo Calderón Pinzón</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D106B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="003958E6">
-[...240 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009D106B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003958E6" w:rsidRPr="00924EFF">
-[...70 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="003958E6" w:rsidRPr="007969AA" w:rsidRDefault="003958E6" w:rsidP="003958E6">
-[...16 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="00F64232" w:rsidRDefault="00F64232" w:rsidP="00F64232">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4419"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-          <w:snapToGrid w:val="0"/>
+          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="es-VE" w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D106B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="superscript"/>
-          <w:lang w:val="es-VE"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+      <w:r w:rsidRPr="009D106B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="es-VE"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Doctor en Medicina y Cirugía</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="es-VE"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (USAC). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D106B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="es-VE"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Máster en Salud Pública en Gestión y Políticas de Salud</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="es-VE"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (UCLA)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D106B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="es-VE"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>. Especialista en Medicina Preventiva e Investigación Epidemiológica</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="es-VE"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (USC)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D106B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="es-VE"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>. Especialista en Liderazgo con Enfoque Futurista</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="es-VE"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (CSUN)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D106B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="es-ES"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Correo electrónico: </w:t>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>. Especialista en Liderazgo Nacional en Salud Pública</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (UNC)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D106B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Servicios de Salud Mundial, S.A., Guatemala. Correo electrónico: </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="0071440C">
+        <w:r w:rsidRPr="009D106B">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:bCs/>
+            <w:iCs/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
-            <w:lang w:val="es-VE"/>
+            <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
-          <w:t>xxxxx@xxxx</w:t>
+          <w:t>mrcalderon@aol.com</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007969AA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+      <w:r w:rsidRPr="009D106B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="es-VE"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Código Orcid: </w:t>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Código ORCID: </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="0071440C">
+        <w:r w:rsidRPr="009D106B">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:bCs/>
+            <w:iCs/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
-            <w:lang w:val="es-VE"/>
+            <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
-          <w:t>http://orcid.org/xxxxx</w:t>
+          <w:t>https://orcid.org/0000-0002-7759-3647</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007969AA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+      <w:r w:rsidRPr="009D106B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="es-VE"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00924EFF">
-[...273 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00E41A19" w:rsidRPr="00600577" w:rsidRDefault="003958E6" w:rsidP="00E41A19">
+    <w:p w:rsidR="00E41A19" w:rsidRPr="00600577" w:rsidRDefault="00E41A19" w:rsidP="00D12D0B">
       <w:pPr>
         <w:pStyle w:val="authorinfo"/>
         <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-VE" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...432 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w:rsidR="00E41A19" w:rsidRDefault="00E41A19" w:rsidP="00D12D0B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="00E41A19" w:rsidSect="00E73F25">
-          <w:headerReference w:type="default" r:id="rId15"/>
+          <w:headerReference w:type="default" r:id="rId9"/>
+          <w:footerReference w:type="default" r:id="rId10"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E41A19" w:rsidRDefault="00E41A19" w:rsidP="00E41A19">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E41A19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
-                <wp:extent cx="1304925" cy="1381125"/>
+                <wp:extent cx="2943225" cy="1724025"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
                 <wp:docPr id="3" name="Cuadro de texto 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1304925" cy="1381125"/>
+                          <a:ext cx="2943225" cy="1724025"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00E41A19" w:rsidRDefault="00EC69D0" w:rsidP="001F687F">
+                          <w:p w:rsidR="003A3477" w:rsidRDefault="003A3477" w:rsidP="001F687F">
                             <w:pPr>
                               <w:jc w:val="both"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:b/>
                                 <w:noProof/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:drawing>
-                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="146F6DA4" wp14:editId="11CDFB7B">
-[...2 lines deleted...]
-                                  <wp:docPr id="11" name="Imagen 11"/>
+                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="753D7407" wp14:editId="5199376A">
+                                  <wp:extent cx="2790825" cy="1567858"/>
+                                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                                  <wp:docPr id="1163954250" name="Picture 3" descr="A diagram of different colored circles&#10;&#10;Description automatically generated"/>
                                   <wp:cNvGraphicFramePr>
                                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                                   </wp:cNvGraphicFramePr>
                                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                         <pic:nvPicPr>
-                                          <pic:cNvPr id="0" name="Picture 1"/>
-[...2 lines deleted...]
-                                          </pic:cNvPicPr>
+                                          <pic:cNvPr id="1163954250" name="Picture 3" descr="A diagram of different colored circles&#10;&#10;Description automatically generated"/>
+                                          <pic:cNvPicPr/>
                                         </pic:nvPicPr>
                                         <pic:blipFill>
-                                          <a:blip r:embed="rId16">
+                                          <a:blip r:embed="rId11" cstate="print">
                                             <a:extLst>
                                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                               </a:ext>
                                             </a:extLst>
                                           </a:blip>
-                                          <a:srcRect/>
                                           <a:stretch>
                                             <a:fillRect/>
                                           </a:stretch>
                                         </pic:blipFill>
-                                        <pic:spPr bwMode="auto">
+                                        <pic:spPr>
                                           <a:xfrm>
                                             <a:off x="0" y="0"/>
-                                            <a:ext cx="1278026" cy="1225183"/>
+                                            <a:ext cx="2838522" cy="1594654"/>
                                           </a:xfrm>
                                           <a:prstGeom prst="rect">
                                             <a:avLst/>
                                           </a:prstGeom>
-                                          <a:noFill/>
-[...2 lines deleted...]
-                                          </a:ln>
                                         </pic:spPr>
                                       </pic:pic>
                                     </a:graphicData>
                                   </a:graphic>
                                 </wp:inline>
                               </w:drawing>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Cuadro de texto 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:102.75pt;height:108.75pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBsO5WmIwIAACMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU22P0zAM/o7Ef4jynbXdC2zVutOxYwjp&#10;eJEOfoCXpGtEGpckW3v8epx0txvwDdEPkV3bj+3H9vpmaA07Kec12ooXk5wzZQVKbQ8V//Z192rJ&#10;mQ9gJRi0quKPyvObzcsX674r1RQbNFI5RiDWl31X8SaErswyLxrVgp9gpywZa3QtBFLdIZMOekJv&#10;TTbN89dZj052DoXynv7ejUa+Sfh1rUT4XNdeBWYqTrWF9Lr07uObbdZQHhx0jRbnMuAfqmhBW0p6&#10;gbqDAOzo9F9QrRYOPdZhIrDNsK61UKkH6qbI/+jmoYFOpV6IHN9daPL/D1Z8On1xTMuKzziz0NKI&#10;tkeQDplULKghIJtGkvrOl+T70JF3GN7iQMNODfvuHsV3zyxuG7AHdesc9o0CSUUWMTK7Ch1xfATZ&#10;9x9RUjY4BkxAQ+3ayCBxwgidhvV4GRDVwURMOcvnq+mCM0G2YrYsClJiDiifwjvnw3uFLYtCxR1t&#10;QIKH070Po+uTS8zm0Wi508YkxR32W+PYCWhbduk7o//mZizrK75aUO4YZTHGEzSUrQ60zUa3FV/m&#10;8YvhUEY63lmZ5ADajDIVbeyZn0jJSE4Y9gM5RtL2KB+JKYfj1tKVkdCg+8lZTxtbcf/jCE5xZj5Y&#10;YntVzOdxxZMyX7yZkuKuLftrC1hBUBUPnI3iNqSzGDu6panUOvH1XMm5VtrExPj5auKqX+vJ6/m2&#10;N78AAAD//wMAUEsDBBQABgAIAAAAIQAHnLhG2gAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsNADETvSPzDykhcEN20Ig2EbCpAAnFt6Qc4WTeJyHqj7LZJ/x7DhV6sscaaeS42s+vVicbQeTaw&#10;XCSgiGtvO24M7L/e7x9BhYhssfdMBs4UYFNeXxWYWz/xlk672CgJ4ZCjgTbGIdc61C05DAs/EIt3&#10;8KPDKOvYaDviJOGu16skWWuHHUtDiwO9tVR/747OwOFzukufpuoj7rPtw/oVu6zyZ2Nub+aXZ1CR&#10;5vh/DL/4gg6lMFX+yDao3oA8Ev+meKskTUFVIpZZCros9CV9+QMAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBsO5WmIwIAACMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQAHnLhG2gAAAAUBAAAPAAAAAAAAAAAAAAAAAH0EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" stroked="f">
+              <v:shape id="Cuadro de texto 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:231.75pt;height:135.75pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC31icaJAIAACMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU81u2zAMvg/YOwi6L3bcZG2MOEWXLsOA&#10;7gfo9gCMJMfCZNGTlNjZ05eS0zTbbsN0EEiR/Eh+pJa3Q2vYQTmv0VZ8Osk5U1ag1HZX8e/fNm9u&#10;OPMBrASDVlX8qDy/Xb1+tey7UhXYoJHKMQKxvuy7ijchdGWWedGoFvwEO2XJWKNrIZDqdpl00BN6&#10;a7Iiz99mPTrZORTKe3q9H418lfDrWonwpa69CsxUnGoL6Xbp3sY7Wy2h3DnoGi1OZcA/VNGCtpT0&#10;DHUPAdje6b+gWi0ceqzDRGCbYV1roVIP1M00/6ObxwY6lXohcnx3psn/P1jx+fDVMS0rfsWZhZZG&#10;tN6DdMikYkENAVkRSeo7X5LvY0feYXiHAw07Ney7BxQ/PLO4bsDu1J1z2DcKJBU5jZHZReiI4yPI&#10;tv+EkrLBPmACGmrXRgaJE0boNKzjeUBUBxP0WCxmV0Ux50yQbXpdzHJSYg4on8M758MHhS2LQsUd&#10;bUCCh8ODD6Prs0vM5tFoudHGJMXttmvj2AFoWzbpnNB/czOW9RVfzCl3jLIY4wkaylYH2maj24rf&#10;5PHEcCgjHe+tTHIAbUaZijb2xE+kZCQnDNuBHCNpW5RHYsrhuLX0y0ho0P3irKeNrbj/uQenODMf&#10;LbG9mM5mccWTMptfF6S4S8v20gJWEFTFA2ejuA7pW4wd3dFUap34eqnkVCttYmL89Gviql/qyevl&#10;b6+eAAAA//8DAFBLAwQUAAYACAAAACEAW+zVCtwAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;zU7DMBCE70h9B2uRuCDqtDQJhDhVQQL12p8H2MTbJCJeR7HbpG+P4UIvK41mNPNtvp5MJy40uNay&#10;gsU8AkFcWd1yreB4+Hx6AeE8ssbOMim4koN1MbvLMdN25B1d9r4WoYRdhgoa7/tMSlc1ZNDNbU8c&#10;vJMdDPogh1rqAcdQbjq5jKJEGmw5LDTY00dD1ff+bBSctuNj/DqWX/6Y7lbJO7Zpaa9KPdxPmzcQ&#10;nib/H4Zf/IAORWAq7Zm1E52C8Ij/u8FbJc8xiFLBMl3EIItc3tIXPwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQC31icaJAIAACMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQBb7NUK3AAAAAUBAAAPAAAAAAAAAAAAAAAAAH4EAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAhwUAAAAA&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00E41A19" w:rsidRDefault="00EC69D0" w:rsidP="001F687F">
+                    <w:p w:rsidR="003A3477" w:rsidRDefault="003A3477" w:rsidP="001F687F">
                       <w:pPr>
                         <w:jc w:val="both"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:b/>
                           <w:noProof/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:drawing>
-                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="146F6DA4" wp14:editId="11CDFB7B">
-[...2 lines deleted...]
-                            <wp:docPr id="11" name="Imagen 11"/>
+                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="753D7407" wp14:editId="5199376A">
+                            <wp:extent cx="2790825" cy="1567858"/>
+                            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                            <wp:docPr id="1163954250" name="Picture 3" descr="A diagram of different colored circles&#10;&#10;Description automatically generated"/>
                             <wp:cNvGraphicFramePr>
                               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                             </wp:cNvGraphicFramePr>
                             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                   <pic:nvPicPr>
-                                    <pic:cNvPr id="0" name="Picture 1"/>
-[...2 lines deleted...]
-                                    </pic:cNvPicPr>
+                                    <pic:cNvPr id="1163954250" name="Picture 3" descr="A diagram of different colored circles&#10;&#10;Description automatically generated"/>
+                                    <pic:cNvPicPr/>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
-                                    <a:blip r:embed="rId17">
+                                    <a:blip r:embed="rId11" cstate="print">
                                       <a:extLst>
                                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                         </a:ext>
                                       </a:extLst>
                                     </a:blip>
-                                    <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
-                                  <pic:spPr bwMode="auto">
+                                  <pic:spPr>
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
-                                      <a:ext cx="1278026" cy="1225183"/>
+                                      <a:ext cx="2838522" cy="1594654"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect">
                                       <a:avLst/>
                                     </a:prstGeom>
-                                    <a:noFill/>
-[...2 lines deleted...]
-                                    </a:ln>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00E41A19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0061413F" w:rsidRDefault="0061413F" w:rsidP="003958E6">
-[...53 lines deleted...]
-    <w:bookmarkEnd w:id="1"/>
     <w:p w:rsidR="001F687F" w:rsidRDefault="001F687F" w:rsidP="00E41A19">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00335CC8" w:rsidRPr="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00335CC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">RESUMEN </w:t>
       </w:r>
-      <w:r w:rsidRPr="00335CC8">
+    </w:p>
+    <w:p w:rsidR="00C85EA0" w:rsidRPr="00BF5A79" w:rsidRDefault="00C85EA0" w:rsidP="00C85EA0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Introducción: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Esta publicación complementa un artículo previo del autor al explorar los desafíos sistémicos, el impacto de la corrupción y visiones estratégicas para aumentar la eficiencia y efectividad de los sistemas de salud. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Objetivo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: identificar patrones y tendencias de publicaciones selectas para generar nueva inteligencia y conocimiento para combatir la corrupción y mejorar la salud poblacional. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Métodos:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Se desarrolló una síntesis cualitativa de once publicaciones sobre </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">fortalecimiento de sistemas de salud y corrupción. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se emplearon técnicas de minería de datos para identificar patrones de acción y enfoques predominantes, generando 44 lecciones aprendidas y 44 prácticas óptimas para construir sistemas de salud resilientes. Se </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">revisó literatura complementaria para corroborar los hallazgos y proponer estrategias y soluciones de reforma accionables. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Resultados</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: La corrupción afecta gravemente la salud, la economía y el desarrollo. Es crucial un enfoque holístico que incluya liderazgo visionario, colaboración, competencia y educación interdisciplinaria para lograr cambios sistémicos duraderos. Comprender el impacto de la corrupción y fomentar cambios culturales, sociales y de comportamiento son clave para una reforma efectiva. La reconstrucción personal y sistémica, guiada por profesionales comprometidos y marcos integrales, ofrece un camino viable hacia reformas significativas. La reestructuración gubernamental, colaboración entre actores clave y contratación basada en méritos mejoran la transparencia y eficacia del sistema. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Conclusiones:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> El liderazgo ético, la rendición de cuentas, la participación comunitaria y la responsabilidad, integridad y educación del votante son esenciales para una gobernanza responsable, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>erradicación de corrupción sistémica, la construcción de sistemas de salud resilientes y el mejoramiento de la salud.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C85EA0" w:rsidRPr="00BF5A79" w:rsidRDefault="00C85EA0" w:rsidP="00C85EA0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Palabras Clave: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>fortalecimiento de sistemas de salud, reforma del sector salud, corrupción y salud, rectoría en salud, gobernanza en salud, mayordomía en salud, sistemas de salud resilientes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C85EA0" w:rsidRPr="002A11AF" w:rsidRDefault="00C85EA0" w:rsidP="00C85EA0">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A11AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ABSTRACT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C85EA0" w:rsidRPr="00B028D4" w:rsidRDefault="00C85EA0" w:rsidP="00C85EA0">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B028D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Introduction:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B028D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This publication complements a previous article by the author by exploring systemic challenges, the impact of corruption, and strategic visions to increase the efficiency and effectiveness of health systems.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A11AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B028D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Objective:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B028D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> To identify patterns and trends from select publications in order to generate new intelligence and knowledge to combat corruption and improve population health.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A11AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B028D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Methods:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B028D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A qualitative synthesis of eleven publications on health system strengthening and corruption was developed. Data mining techniques were employed to identify patterns of action and predominant approaches, generating 44 lessons learned and 44 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A11AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>best practices</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B028D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for building resilient health systems. Complementary literature was reviewed to corroborate findings and propose actionable reform strategies and solutions.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A11AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B028D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Results:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B028D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Corruption severely affects health, the economy, and development. A holistic approach, including visionary leadership, collaboration, competence, and interdisciplinary education, is crucial to achieving lasting systemic change. Understanding the impact of corruption and fostering cultural, social, and behavioral changes are key to effective reform. Personal and systemic reconstruction, guided by committed professionals and comprehensive frameworks, offers a viable path toward meaningful reforms. Government restructuring, collaboration among key </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A11AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>stakeholders</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B028D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, and merit-based hiring improve transparency and system effectiveness.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A11AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B028D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Conclusions:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B028D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ethical leadership, accountability, community participation, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A11AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B028D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>voter responsibility, integrity, and education are essential for responsible governance, the eradication of systemic corruption, the construction of resilient health systems, and the improvement of population health.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C85EA0" w:rsidRPr="00B028D4" w:rsidRDefault="00C85EA0" w:rsidP="00C85EA0">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B028D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Keywords:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B028D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> health system strengthening, health sector reform, corruption and health, health ste</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A11AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ering</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B028D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, health governance, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A11AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">health stewardship, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B028D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>resilient health systems.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C85EA0" w:rsidRPr="007A03C2" w:rsidRDefault="00C85EA0" w:rsidP="00C85EA0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>RÉSUMÉ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C85EA0" w:rsidRPr="007A03C2" w:rsidRDefault="00C85EA0" w:rsidP="00C85EA0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Introduction:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Cette</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> publication </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>complète</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un article </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>précédent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>l'auteur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>explorant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>défis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>systémiques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>l'impact</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la corruption et les visions </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>stratégiques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pour </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>accroître</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>l'efficacité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>l'effectivité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>systèmes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de santé. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Objectif:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Identifier des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>modèles</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tendances</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>partir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de publications </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sélectionnées</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>afin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>générer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>une</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nouvelle intelligence et des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>connaissances</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pour </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lutter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>contre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la corruption et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>améliorer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la santé des populations. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Méthodes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Une </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>synthèse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> qualitative de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>onze</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> publications sur le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>renforcement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>systèmes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de santé et la corruption a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>été</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>développée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Des techniques de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>fouille</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>données</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ont</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>été</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>employées</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pour identifier des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>modèles</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>d'action</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>approches</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>prédominantes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>générant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 44 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>leçons</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> apprises et 44 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>meilleures</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pratiques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pour </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>construire</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>systèmes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de santé </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>résilients</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Une </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>revue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>littérature</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>complémentaire</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>été</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>réalisée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>pour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>corroborer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>résultats</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>proposer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>stratégies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>solutions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>réforme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>actionnables</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>Résultats</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> La </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>corruption</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>affecte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>gravement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>santé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>l'économie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>développement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Une </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>approche</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>holistique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>comprenant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>leadership</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>visionnaire</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>collaboration</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>compétence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>l'éducation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>interdisciplinaire</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>est</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>cruciale</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>pour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>changement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>systémique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> durable. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Comprendre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>l'impact</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la corruption et encourager des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>changements</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>culturels</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sociaux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>comportementaux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sont</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>essentiels</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pour </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>une</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>réforme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>efficace</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. La reconstruction </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>personnelle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>systémique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>guidée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>professionnels</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>engagés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et des cadres </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>globaux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>offre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>une</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>voie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> viable </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>vers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>réformes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>significatives</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>restructuration</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>gouvernementale</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>collaboration</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> entre les principales </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>parties</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>prenantes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>recrutement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> basé sur le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>mérite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>améliorent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>transparence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>l'efficacité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>système</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>Conclusions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>leadership</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>éthique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>reddition</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>comptes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>participation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>communautaire</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>responsabilité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>électeurs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>l'intégrité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>l'éducation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>sont</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>essentiels</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>pour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> une </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>gouvernance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> responsable, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>l'éradication</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>corruption</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>systémique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>construction</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>systèmes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>santé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>résilients</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>l'amélioration</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>santé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>populations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C85EA0" w:rsidRPr="007A03C2" w:rsidRDefault="00C85EA0" w:rsidP="00C85EA0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>Mots-clés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>renforcement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>systèmes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>santé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>réforme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>secteur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>santé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>corruption</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>santé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>pilotage</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>santé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>gouvernance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>santé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>gestion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>santé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>systèmes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>santé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>résilients</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A03C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C85EA0" w:rsidRPr="002A11AF" w:rsidRDefault="00C85EA0" w:rsidP="00C85EA0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A11AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>RESUMO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C85EA0" w:rsidRPr="00323ABC" w:rsidRDefault="00C85EA0" w:rsidP="00C85EA0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>Introdução</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Esta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>publicação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> complementa </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>um</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> artigo anterior do autor, explorando os </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>desafios</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>sistêmicos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, o impacto da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>corrupção</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>visões</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> estratégicas para aumentar a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>eficiência</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>eficácia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dos sistemas de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>saúde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>Objetivo:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Identificar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>padrões</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>tendências</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a partir de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>publicações</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>selecionadas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>fim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>gerar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> novas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>inteligências</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>conhecimentos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>combater</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>corrupção</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>melhorar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>saúde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>população</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>Métodos:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>Foi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>desenvolvida</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>uma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>síntese</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>qualitativa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>onze</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>publicações</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sobre o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>fortalecimento</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dos sistemas de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>saúde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>corrupção</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Técnicas de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>mineração</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de dados </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>foram</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>empregadas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para identificar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>padrões</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>ação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>abordagens</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> predominantes, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>gerando</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 44 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>lições</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aprendidas e 44 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>melhores</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>práticas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>construção</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de sistemas de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>saúde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> resilientes. A literatura complementar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>foi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> revisada para corroborar os </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>achados</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>propor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>estratégias</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>soluções</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de reforma </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>acionáveis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>Resultados:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>corrupção</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>afeta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gravemente a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>saúde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>economia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>desenvolvimento</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>Uma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>abordagem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> holística, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>incluindo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>liderança</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>visionária</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>colaboração</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>competência</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>educação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> interdisciplinar, é crucial para </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>alcançar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>uma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>mudança</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>sistêmica</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>duradoura</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>Compreender</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o impacto da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>corrupção</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e promover </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>mudanças</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>culturais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>sociais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>comportamentais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>são</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>fundamentais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>uma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reforma eficaz. A </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>reconstrução</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>pessoal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>sistêmica</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, guiada por </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>profissionais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> comprometidos e por </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>estruturas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>abrangentes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>oferece</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>um</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>caminho</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>viável</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para reformas significativas. A </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>reestruturação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>governamental</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>colaboração</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> entre as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>principais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> partes </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>interessadas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>contratação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>com</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> base no mérito </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>melhoram</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>transparência</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>eficácia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do sistema. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>Conclusões</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>Liderança</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ética, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>prestação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de contas, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>participação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>comunitária</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>responsabilidade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>eleitores</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>integridade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>educação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>são</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>essenciais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>uma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>governança</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>responsável</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>erradicação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>corrupção</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>sistêmica</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>construção</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de sistemas de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>saúde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> resilientes e a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>melhoria</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>saúde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>população</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C85EA0" w:rsidRPr="00323ABC" w:rsidRDefault="00C85EA0" w:rsidP="00C85EA0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>Palavras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>-chave:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>fortalecimento</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dos sistemas de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>saúde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, reforma do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>setor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>saúde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>corrupção</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>saúde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>direção</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>saúde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>governança</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>saúde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>administração</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>saúde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sistemas de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>saúde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> resilientes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00017CF0" w:rsidRPr="00017CF0" w:rsidRDefault="00335CC8" w:rsidP="00C85EA0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00703E7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">INTRODUCCIÓN </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C85EA0" w:rsidRPr="00C85EA0" w:rsidRDefault="00C85EA0" w:rsidP="00C85EA0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C85EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Esta publicación amplía y complementa un trabajo previo del autor que abordó puntos principales (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C85EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>key</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C85EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C85EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>points</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C85EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>) y perspectivas esenciales (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C85EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>essential</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C85EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C85EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>takeaways</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C85EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>) para combatir la corrupción y mejorar la salud poblacional. Destinada a ser un recurso valioso tanto en entornos académicos como profesionales, aspira capacitar a estudiantes y apoyar a profesionales en la optimización del rendimiento de los sistemas de salud. Este nuevo documento se enfoca en lecciones aprendidas (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C85EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>lessons</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C85EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C85EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>learned</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C85EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>) y prácticas óptimas (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C85EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>best</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C85EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C85EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>practices</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C85EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), ofreciendo una visión que integra los conocimientos y enfoques más efectivos para abordar los desafíos de salud del Siglo XXI. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C85EA0" w:rsidRPr="00C85EA0" w:rsidRDefault="00C85EA0" w:rsidP="00C85EA0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C85EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Las lecciones aprendidas son conocimientos y experiencias obtenidos de la evaluación crítica de eventos pasados, que brindan información valiosa para la toma de decisiones, el mejoramiento continuo de procesos y estrategias, y la optimización de enfoques futuros al identificar buenas prácticas y errores para evitar repeticiones y mejorar la efectividad. (1-5) Las prácticas óptimas comprenden métodos, técnicas o enfoques basados en evidencias y experiencias previas que han demostrado ser los más efectivos y eficientes para alcanzar objetivos específicos en un contexto particular, minimizando errores y maximizando la eficacia y calidad en la ejecución de tareas o procesos. (6-11) Estas definiciones se apoyan en investigaciones recientes que subrayan la importancia de aplicar estrategias basadas en evidencia para fortalecer los sistemas de salud y abordar eficazmente los desafíos persistentes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C85EA0" w:rsidRPr="00C85EA0" w:rsidRDefault="00C85EA0" w:rsidP="00C85EA0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C85EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Un sistema de salud resiliente es capaz de prepararse, responder y adaptarse eficazmente a crisis y desafíos, manteniendo sus funciones esenciales y fortaleciendo su capacidad para enfrentar adversidades, incluyendo el impacto de la corrupción sistémica. (12-16) Estos sistemas no solo manejan emergencias de manera efectiva, sino que también evolucionan en respuesta a las crisis, mejorando continuamente la calidad y equidad de la atención sanitaria. (17-21) Según la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C85EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Organización Mundial de la Salud (OMS), un sistema de salud resiliente debe contar con una estructura sólida, financiamiento adecuado, personal capacitado, acceso a información y una gobernanza eficiente que fomente la colaboración entre sectores y la participación comunitaria. (12, 22-25)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C85EA0" w:rsidRPr="00C85EA0" w:rsidRDefault="00C85EA0" w:rsidP="00C85EA0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C85EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>El autor ha publicado artículos originales revisados por pares que exploran temas cruciales como el fortalecimiento de sistemas de salud, la relación entre corrupción y salud, y la construcción de sistemas de salud resilientes. Aunque su enfoque principal es el sistema de salud de Guatemala, estos estudios tienen una relevancia global, ya que abordan desafíos universales que enfrentan todos los sistemas de salud y las naciones en su esfuerzo por mejorar el bienestar de sus poblaciones y promover el desarrollo socioeconómico.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C85EA0" w:rsidRPr="00C85EA0" w:rsidRDefault="00C85EA0" w:rsidP="00C85EA0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C85EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>El fortalecimiento de los sistemas de salud es crucial para construir estructuras resilientes, que a su vez son la base de la seguridad sanitaria global. Estos sistemas resilientes permiten a los países detectar, responder y recuperarse de las crisis de salud mientras mantienen los servicios esenciales. Su estabilidad es fundamental para prevenir amenazas sanitarias globales. (26-31)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C85EA0" w:rsidRDefault="00C85EA0" w:rsidP="00C85EA0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C85EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>No obstante, para que estos sistemas sean verdaderamente resilientes, deben estar libres de corrupción. La corrupción debilita los sistemas al desviar recursos y reducir la eficacia en la respuesta y recuperación ante crisis. Por lo tanto, abordar la corrupción y fortalecer los sistemas de salud son pasos interrelacionados esenciales. Solo así se puede desarrollar un sistema de salud que funcione de manera óptima en tiempos normales y que sea capaz de adaptarse y recuperarse efectivamente frente a emergencias y crisis del siglo XXI, ya sean enfermedades infecciosas emergentes, desastres naturales o creados por el hombre, actos de bioterrorismo o epidemias de enfermedades crónicas. (13, 19-21)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRDefault="003A3477" w:rsidP="00C85EA0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">De ahí que el propósito de la presente investigación fue </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>identificar patrones y tendencias de publicaciones selectas para generar nueva inteligencia y conocimiento para combatir la corrupción y mejorar la salud poblacional.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00335CC8" w:rsidRPr="00703E7F" w:rsidRDefault="00335CC8" w:rsidP="00C85EA0">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(EN NEGRITA, MAYÚSCULA SOSTENIDA, ALINEADOS A LA IZQUIERDA Y EN VERDANA 1</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00703E7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MÉTODO </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El desafío principal de esta publicación fue extraer nuevos conocimientos y evidencias sobre los sistemas de salud pública, de manera similar a la minería de datos e inteligencia de negocios. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(32-35)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Esto se logró mediante la síntesis de seis años de investigación exhaustiva utilizando métodos cualitativos, como revisiones de literatura, técnicas inductivas, análisis documental, y entrevistas con informantes clave y grupos focales. La vasta experiencia del autor en liderazgo ejecutivo en los sectores público, privado, sin fines de lucro, y en organismos internacionales en más de 20 países también fue fundamental en este proceso.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se llevó a cabo una síntesis cualitativa, un proceso sistemático de integración y análisis de los hallazgos de múltiples estudios cualitativos, diseñado para generar una comprensión más profunda y matizada de un fenómeno o tema específico. La validez, relevancia y originalidad de las síntesis </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">cualitativas han sido ampliamente documentadas. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(36-40)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Para este estudio, se seleccionaron once artículos revisados por pares del mismo autor sobre el fortalecimiento de los sistemas de salud y la corrupción, con el objetivo principal de desarrollar nuevos conocimientos y generar inteligencia estratégica que oriente de manera más efectiva el diseño de planes, programas, estrategias y políticas que permitan construir sistemas de salud más resilientes y equitativos. Se aplicaron técnicas avanzadas de minería de datos para identificar patrones y tendencias clave, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(41-44) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>destacando el impacto de la corrupción en la eficiencia de los servicios de salud, los modelos de gobernanza y las evaluaciones económicas. Además, se analizaron enfoques colaborativos y dinámicas de liderazgo para proponer soluciones prácticas y reformas sostenibles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>La incorporación de lecciones aprendidas y prácticas óptimas de las once publicaciones permitió desarrollar un marco estratégico para el análisis de sistemas de salud. Este enfoque integral aborda los desafíos sistémicos, subrayando la necesidad de enfrentar la corrupción y las ineficiencias en su complejidad multifacética. Al sintetizar estos conocimientos, se generó una inteligencia práctica y visionaria orientada a mejorar el rendimiento y la efectividad de los sistemas de salud.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Al combinar esta publicación con el artículo anterior del autor sobre la construcción de sistemas de salud resilientes, se crea una visión panorámica coherente que abarca puntos principales, perspectivas esenciales, lecciones aprendidas y prácticas óptimas. Los </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>puntos principales</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> destacan problemas y objetivos fundamentales, las </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>lecciones aprendidas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ofrecen conocimientos prácticos basados en experiencias de mundo real, las </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">prácticas óptimas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">presentan metodologías probadas para la implementación, y las </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>perspectivas esenciales</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sintetizan temas generales y direcciones estratégicas.  En conjunto, estos cuatro elementos forman una narrativa coherente que orienta el desarrollo de soluciones basadas en evidencia, adaptadas a contextos tanto locales como globales, y aseguran que los sistemas de salud estén mejor preparados para impulsar reformas y mejorar los resultados de salud pública.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00335CC8" w:rsidRPr="00703E7F" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00335CC8">
+      </w:pPr>
+      <w:r w:rsidRPr="00017CF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>RESULTADOS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00703E7F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>)</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00335CC8" w:rsidRPr="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+    <w:p w:rsidR="003A3477" w:rsidRDefault="003A3477" w:rsidP="003A3477">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La publicación </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Corrupción y Salud 7: Corrupción epidémica, endémica y pandémica en el sistema de salud guatemalteco debido a la ausencia de una gobernanza efectiva en salud</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">analiza la corrupción generalizada en el sistema de salud de Guatemala y propone medidas concretas para combatirla. Su objetivo principal es proporcionar al nuevo gobierno electo para el período 2024-2027 los conocimientos y la evidencia necesarios para restaurar la rectoría del sistema de salud y erradicar la corrupción. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(45)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00335CC8" w:rsidRPr="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+    <w:p w:rsidR="003A3477" w:rsidRDefault="003A3477" w:rsidP="003A3477">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...27 lines deleted...]
-      <w:r w:rsidRPr="00335CC8">
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">siguiente </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>tabla presenta un resumen de las lecciones aprendidas y prácticas óptimas, complementada por una descripción narrativa detallada.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="554"/>
+        <w:gridCol w:w="4536"/>
+        <w:gridCol w:w="4980"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:trPr>
+          <w:trHeight w:val="368"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>LECCIONES APRENDIDAS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>PRÁCTICAS ÓPTIMAS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>La gobernanza en salud es crucial</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Fortalecer la gobernanza en salud</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>La corrupción como una enfermedad</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Esfuerzos colaborativos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Enfoque holístico necesario</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Transparencia y rendición de cuentas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Compromiso a largo plazo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Involucramiento de actores clave</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00335CC8">
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00335CC8">
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Lecciones Aprendidas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>La gobernanza en salud es crucial:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> La gobernanza, la rectoría, el liderazgo y la dirección efectiva son fundamentales para prevenir y abordar la corrupción en el sector salud.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>La corrupción como una enfermedad:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ver la corrupción como una infección que puede propagarse ayuda a comprender su naturaleza omnipresente y la necesidad de estrategias integrales para combatirla.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Enfoque holístico necesario:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Combatir la corrupción requiere un enfoque multifacético que involucre a todos los actores de diferentes sectores.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Compromiso a largo plazo:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> El cambio sostenible requiere un compromiso a largo plazo por parte del gobierno y de todos los actores involucrados.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00335CC8">
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Prácticas Óptimas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Fortalecer la gobernanza en salud:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Reforzar la capacidad del Ministerio de Salud para liderar, gobernar y supervisar el sistema de salud de manera efectiva.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Esfuerzos colaborativos:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Involucrar a los sectores público, privado y no lucrativo en un esfuerzo unificado para abordar y mitigar la corrupción.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Transparencia y rendición de cuentas:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Implementar mecanismos robustos para la transparencia y la rendición de cuentas en todas las actividades relacionadas con la salud.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Involucramiento de actores clave:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Identificar e involucrar a los actores clave en los procesos de gobernanza y toma de decisiones para asegurar estrategias integrales e inclusivas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En la publicación </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00335CC8">
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Corrupción y Salud 6: Una visión presidencial para Guatemala basada en los determinantes sociales de la salud</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>, se abordan los problemas crónicos de la gobernanza en Guatemala y se propone una estrategia integral centrada en el concepto de "</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>seguridad integral</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">", que incluye cuatro tipos de seguridad: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>seguridad médica, educativa, ciudadana y económica</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(46)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> La tabla </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">adjunta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>presenta un resumen de las lecciones aprendidas y prácticas óptimas, seguida de una descripción narrativa detallada.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="554"/>
+        <w:gridCol w:w="4535"/>
+        <w:gridCol w:w="4981"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:trPr>
+          <w:trHeight w:val="368"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>LECCIONES APRENDIDAS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>PRÁCTICAS ÓPTIMAS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Importancia del voto informado</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Promover la educación del votante</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>La corrupción obstaculiza el progreso nacional</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Implementar el liderazgo de servicio</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Necesidad de cambio sistémico</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Reestructuración y revitalización del gobierno</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Seguridad integral</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Medidas de seguridad integral</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...10 lines deleted...]
-        <w:t>. No incluir referencias</w:t>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Lecciones Aprendidas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Importancia del voto informado:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Los votantes deben estar informados, conscientes y ser racionales en sus decisiones de voto para romper el ciclo de corrupción y subdesarrollo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>La corrupción obstaculiza el progreso nacional:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> La corrupción y las ineficiencias obstaculizan significativamente el progreso y el desarrollo del país.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Necesidad de cambio sistémico:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Los cambios incrementales son insuficientes; es necesaria una revisión integral de la estructura gubernamental.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Seguridad integral:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Abordar las diversas dimensiones de la seguridad es crucial para el bienestar y la prosperidad nacional en general.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Prácticas Óptimas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>promover la educación del votante:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Fomentar la educación y la conciencia del votante para asegurar un voto informado basado en consideraciones racionales y de bienestar colectivo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>implementar el liderazgo servidor:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Adoptar un enfoque de liderazgo servidor que priorice las necesidades de la población y el desarrollo de la nación.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">reestructuración y revitalización del gobierno: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ejecutar una reestructuración y revitalización exhaustiva de las operaciones gubernamentales para mejorar la eficiencia y reducir la corrupción.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>medidas de seguridad integral:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Desarrollar e implementar medidas de seguridad integrales que aborden los aspectos médico, educativo, ciudadano y económico.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">No obstante, la publicación </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Corrupción y Salud 5: ¿Por qué es difícil acelerar el fin de la epidemia de VIH/SIDA?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">resalta los desafíos persistentes para erradicar la epidemia de VIH/SIDA, a pesar de la considerable movilización de recursos y los avances científicos logrados. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(47)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> La tabla </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> ni ecuaciones</w:t>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>siguiente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> presenta un resumen de las lecciones aprendidas y prácticas óptimas, complementada por una descripción narrativa detallada.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="554"/>
+        <w:gridCol w:w="4627"/>
+        <w:gridCol w:w="4889"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:trPr>
+          <w:trHeight w:val="368"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4680" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>LECCIONES APRENDIDAS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4950" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>PRACTIC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>S ÓPTIMAS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4680" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Asignación y utilización efectiva de recursos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4950" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Promover el liderazgo ético</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4680" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Importancia de los valores éticos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4950" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Mejorar la rendición de cuentas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4680" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Barreras sistémicas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> arraigadas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4950" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Participación Comunitaria</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4680" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Rendición de cuentas e integridad</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4950" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Gestión transparente de recursos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Lecciones Aprendidas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Asignación y utilización efectiva de recursos:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Simplemente movilizar recursos es insuficiente; la forma en que se asignan y utilizan los recursos impacta significativamente en el resultado.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Importancia de los valores éticos:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Restaurar los valores éticos y morales es crucial en la lucha contra el VIH/SIDA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Barreras sistémicas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">. Esta estructura es obligatoria para los artículos originales cuantitativos que deben cumplir con el formato IMRYD. El nombre de cada uno de los apartados va en negrita. Después de los dos puntos, escribir con minúscula. Ejemplo: </w:t>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> profundamente arraigadas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Abordar las barreras individuales, institucionales, sistémicas y estructurales es esencial para el progreso.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00335CC8" w:rsidRPr="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
-      <w:pPr>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00335CC8">
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Rendición de cuentas e integridad:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> La falta de honestidad, rendición de cuentas e integridad entre los líderes del sistema de salud y los gestores de programas socava gravemente los esfuerzos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00335CC8">
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Prácticas Óptimas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Promover el liderazgo ético:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fomentar que los líderes y gestores en los sistemas de salud mantengan y promuevan valores éticos y morales.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Mejorar la rendición de cuentas:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Implementar mecanismos de rendición de cuentas robustos para reducir las ineficiencias y combatir la corrupción.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Participación Comunitaria:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Involucrar a las poblaciones pobres y vulnerables en el diseño e implementación de programas de VIH/SIDA para asegurar que se satisfagan sus necesidades.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Gestión transparente de recursos:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Asegurar una gestión transparente de los recursos para prevenir fraudes y mal uso.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Al analizar la publicación </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00335CC8">
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Corrupción y Salud 4: Liderando el Sistema Integral de Atención en Salud en Guatemala: Lo Bueno, Lo Malo y Lo Feo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, se ofrece una visión profunda de los desafíos y experiencias de liderar el Sistema Integral de Atención en Salud en Guatemala, destacando logros, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">obstáculos y lecciones aprendidas. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(48)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> La tabla adjunta presenta un resumen de las lecciones aprendidas y prácticas óptimas, seguida de una descripción narrativa detallada</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="554"/>
+        <w:gridCol w:w="4539"/>
+        <w:gridCol w:w="4977"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:trPr>
+          <w:trHeight w:val="368"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>LECCIONES APRENDIDAS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>PR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Á</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>CTIC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>S ÓPTIMAS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Visión y liderazgo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Fomentar el liderazgo visionario</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Competencia e integridad</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Contratación basada en mérito</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Ética y valores</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Gobernanza ética</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Indiferencia y corrupción</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Apoyar a los líderes no-filtrados (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>unfiltered</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00335CC8">
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00335CC8">
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Lecciones Aprendidas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Visión y liderazgo:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Una visión clara y un liderazgo fuerte son cruciales para transformar los sistemas de salud y superar desafíos arraigados.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Competencia e integridad:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Contratar funcionarios basados en su historial y competencia, en lugar de influencias, es esencial para mejorar el desempeño del sistema y reducir la corrupción.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Ética y valores:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> El comportamiento ético y los valores sólidos son fundamentales para abordar los problemas sistémicos en la gestión de la salud pública.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Indiferencia y corrupción:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Superar la indiferencia y corrupción generalizadas requiere esfuerzos dedicados y la participación de líderes no-filtrados (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>unfiltered</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>) dispuestos a desafiar el statu quo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...10 lines deleted...]
-        <w:t>: un análisis sintético que dé salida al objetivo planteado.</w:t>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Prácticas Óptimas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00335CC8" w:rsidRPr="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
-      <w:pPr>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00335CC8">
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Fomentar el liderazgo visionario:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Promover un liderazgo que tenga una visión clara para el cambio y esté comprometido con su implementación efectiva.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Contratación basada en mérito:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Implementar prácticas de contratación basadas en el mérito y el historial para asegurar la competencia y reducir la corrupción.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Gobernanza ética:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fomentar una cultura de ética y valores dentro del sistema de salud para abordar la corrupción y la ineficiencia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Apoyar a los líderes no-filtrados:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Incentivar y apoyar a los líderes dispuestos a asumir riesgos, hacer más con menos y desafiar los sistemas, tradiciones y prácticas arraigadas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En la publicación </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> 10, justificada</w:t>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Corrupción y Salud 3: Desarrollo del liderazgo para transformar los sistemas de salud</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">se describe una propuesta innovadora sobre la urgencia de formar nuevos líderes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">capaces de enfrentar la corrupción y las ineficiencias en los sistemas de salud. Se destaca un modelo educativo diseñado para capacitar a estos líderes y promover cambios sostenibles en el sector. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(49)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> La </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">siguiente </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>tabla recoge las lecciones aprendidas y las prácticas óptimas, complementada por una narrativa descriptiva detallada.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00335CC8" w:rsidRPr="00703E7F" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="554"/>
+        <w:gridCol w:w="4451"/>
+        <w:gridCol w:w="5065"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:trPr>
+          <w:trHeight w:val="368"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4500" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>LECCIONES APRENDIDAS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5130" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>PR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Á</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>CTIC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>S ÓPTIMAS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4500" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Educación interdisciplinaria</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5130" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Currículo integrado</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4500" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Cualidades clave del liderazgo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5130" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Formación en liderazgo orientado al futuro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4500" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Enfoque en c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>ambio sistémico</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5130" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Programas educativos de acceso abierto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4500" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Impacto global</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5130" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Educación basada en competencias</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00703E7F">
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Lecciones Aprendidas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Educación interdisciplinaria:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Abordar los desafíos de los sistemas de salud requiere un enfoque interdisciplinario que combine diversos campos de estudio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Cualidades clave del liderazgo:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Los futuros líderes en salud deben tener cualidades como integridad, responsabilidad, innovación y un enfoque en el alto rendimiento.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Enfoque en c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ambio sistémico:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Transformar los sistemas de salud requiere líderes que estén preparados para enfrentar y desmantelar ineficiencias y corrupción sistémicas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Impacto global:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Un liderazgo efectivo en los sistemas de salud puede tener impactos significativos en el progreso político y económico global.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Prácticas Óptimas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Currículo integrado:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Desarrollar e implementar un currículo integrado que incluya inteligencia en salud, liderazgo ejecutivo, integridad y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>anti-corrupción</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>, y economía de la salud.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Formación en liderazgo orientado al futuro:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Enfocar la formación en líderes con un enfoque de liderazgo orientado al futuro, compartido (colaborativo) y de servicio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Programas educativos de acceso abierto:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fomentar que las instituciones adopten y adapten el programa propuesto de Maestría en Salud Pública con énfasis en Liderazgo, Integridad y Efectividad para asegurar un acceso amplio a esta formación avanzada sin precedente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Educación basada en competencias:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Asegurar que el modelo educativo desarrolle las competencias y habilidades necesarias para que los líderes reformen los sistemas de salud de manera efectiva.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">INTRODUCCIÓN </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00703E7F">
+        <w:t xml:space="preserve">En </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Corrupción y Salud 2: Los desafíos para mejorar el sistema de salud pública en Guatemala</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, se explora en profundidad la corrupción sistémica que afecta al sistema de salud guatemalteco. Esta publicación examina enfoques estratégicos para mejorar su eficiencia y sostenibilidad a largo plazo. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(50)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> La tabla adjunta recoge las lecciones aprendidas y prácticas óptimas, seguida de una narrativa descriptiva detallada.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="554"/>
+        <w:gridCol w:w="4536"/>
+        <w:gridCol w:w="4980"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:trPr>
+          <w:trHeight w:val="368"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>LECCIONES APRENDIDAS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>PR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Á</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>CTIC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>S ÓPTIMAS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Complejidad de la corrupción</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Análisis integral</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Enfoque multidisciplinario</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Intervenciones individuales, ambientales, estructurales y supraestructurales</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Cambio cultural, social y de comportamiento</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Soluciones basadas en matrices</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Necesidad de reconstrucción personal y sistémica</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Colaboración con organizaciones internacionales</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Lecciones Aprendidas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Complejidad de la corrupción:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> La corrupción en el sistema de salud es compleja y sistémica, requiriendo soluciones multifacéticas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Enfoque multidisciplinario:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Combinar el conocimiento académico con experiencias del mundo real es crucial para entender y abordar los desafíos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Cambio cultural, social y de comportamiento:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Abordar la ineficiencia y la corrupción requiere cambios en el pensamiento, comportamiento y cultura dentro del sistema de salud y la sociedad.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Necesidad de reconstrucción personal y sistémica:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tanto la reconstrucción personal como la sistémica son necesarias para salvar y mejorar el sistema de salud.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Prácticas Óptimas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Análisis integral:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Utilizar un enfoque integral que integre la investigación académica y las experiencias prácticas para analizar los desafíos del sistema de salud.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Intervenciones individuales, ambientales, estructurales y supraestructurales:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Implementar intervenciones integrales o multinivel basadas en evidencia, focalizadas y con metodologías variadas orientadas a cambiar la cultura y el comportamiento que sustentan la ineficiencia y la corrupción.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Soluciones basadas en matrices:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Desarrollar y utilizar matrices estructuradas para organizar la información de manera sistemática, facilitar el análisis y la evaluación de diferentes opciones, abordar problemas complejos y/o tomar decisiones, v.g., evaluación de prioridades, análisis de causa y efecto, asignación de recursos, comparación de opciones, costo-efectividad.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Colaboración con organizaciones internacionales:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Aprovechar la asistencia técnica y financiera de organizaciones internacionales de cooperación y asistencia en desarrollo para apoyar las mejoras en el sistema de salud.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Obsérvese que en n la publicación titulada </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Corrupción y Salud: ¿Por qué es difícil mejorar la salud de la población?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se presenta un análisis profundo sobre cómo la corrupción, en sus múltiples formas, permea los sistemas de salud y obstaculiza sus avances. A través de una revisión de casos y estrategias aplicadas para combatir la corrupción, el texto proporciona recomendaciones prácticas basadas en experiencias exitosas en la lucha contra este fenómeno. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(51)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> La tabla adjunta ofrece un resumen de las lecciones aprendidas y las prácticas óptimas, seguida de una descripción narrativa detallada.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="554"/>
+        <w:gridCol w:w="4535"/>
+        <w:gridCol w:w="4981"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:trPr>
+          <w:trHeight w:val="368"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>LECCIONES APRENDIDAS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>PRÁCTICAS ÓPTIMAS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>La corrupción es una barrera mayor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Definir y analizar la corrupción</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Necesidad de individuos comprometidos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Recomendaciones basadas en literatura y experiencia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Comprensión integral</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fomentar el compromiso de largo </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Impacto directo en la salud</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Orientar los esfuerzos hacia las poblaciones vulnerables</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Lecciones Aprendidas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>La corrupción es una barrera mayor:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> La corrupción es uno de los mayores impedimentos para mejorar la salud y el bienestar de la población a nivel global.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Necesidad de individuos comprometidos:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> La lucha contra la corrupción requiere individuos dedicados a abordarla de manera consistente y persistente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Comprensión integral:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Una comprensión exhaustiva de la corrupción a través de la literatura y experiencias del mundo real es esencial para desarrollar estrategias efectivas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Impacto directo en la salud:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Existe una correlación directa entre la corrupción y los resultados de salud, lo que resalta la necesidad de esfuerzos específicos contra la corrupción en el sector salud.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Prácticas Óptimas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Definir y analizar la corrupción:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Definir claramente la corrupción y analizar sus diversas formas e impactos dentro del sector salud.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Recomendaciones basadas en literatura y experiencia:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Utilizar tanto la literatura académica como las experiencias prácticas y conocimiento de mundo real para informar las recomendaciones y estrategias.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Fomentar el compromiso de largo plazo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>: Promover la importancia de que individuos y líderes se comprometan a la lucha contra la corrupción como un esfuerzo continuo y de toda la vida.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Orientar los esfuerzos hacia las poblaciones vulnerables: enfocar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> los esfuerzos contra la corrupción en los sectores de salud que sirven a poblaciones pobres y vulnerables, donde el impacto es más significativo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Al analizar detenidamente la publicación </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Reformando el sector de la salud de Guatemala: un modelo organizacional y funcional para transformar el sistema de salud</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, se destaca la necesidad urgente de implementar cambios profundos en el sistema de salud guatemalteco. El texto aborda diversas deficiencias estructurales y funcionales, proponiendo un modelo innovador orientado a mejorar el acceso a servicios, los resultados de salud, la satisfacción ciudadana y la protección contra riesgos financieros. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(52)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>La tabla adjunta presenta un resumen de las lecciones aprendidas y las prácticas óptimas, seguida de una descripción narrativa detallada.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="554"/>
+        <w:gridCol w:w="4537"/>
+        <w:gridCol w:w="4979"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:trPr>
+          <w:trHeight w:val="368"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>LECCIONES APRENDIDAS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>PRACTICAS ÓPTIMAS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Importancia de la reforma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Análisis contextual</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Aprender de otros</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Variedad y selección de marcos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Marco integral (Teoría de los Cinco Botones de Control)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Mentalidad emprendedora y de clientes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Necesidad de innovación</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Compromiso gubernamental</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Lecciones Aprendidas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Importancia de la reforma:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> La reforma efectiva del sector salud es crucial para abordar las deficiencias significativas y mejorar los resultados generales de salud en Guatemala.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Aprender de otros:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Analizar las reformas de salud en otros países de América Latina y el mundo proporciona valiosos conocimientos sobre lo que, si funciona y lo que no, ofreciendo lecciones que pueden adaptarse al contexto guatemalteco.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Marco integral:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> La Teoría de los Cinco Botones de Control proporciona un marco útil para comprender e implementar cambios en el sistema de salud, particularmente </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">financiamiento, mecanismos de pago, organización, regulación y comportamiento. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Necesidad de innovación:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> El modelo existente ha fallado debido a una mentalidad burocrática y de receptores; es necesario un cambio hacia un enfoque emprendedor y de clientes para lograr una transformación significativa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Prácticas Óptimas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Análisis contextual:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Realizar un análisis exhaustivo de las reformas de salud en contextos similares para extraer lecciones y estrategias relevantes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Variedad y selección de marcos:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Utilizar marcos integrales como la Teoría de los Botones de Control y otros </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(Evaluación del Comportamiento de la Atención en Salud, Modelo EGIPSS [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Integrated</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Performance </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Model</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Care</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>System</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>], Marco de Desempeño de OMS, Fondo de Mancomunidad, Marco de Bloques de Construcción, Pensamiento en Sistemas)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no solo proporcionan una base sólida para la planificación y ejecución de reformas, sino que también permiten una evaluación continua y ajustada a las necesidades emergentes, garantizando así la efectividad y sostenibilidad de las mejoras implementadas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Mentalidad emprendedora:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fomentar un cambio de una mentalidad burocrática a una emprendedora en la gestión del sector salud para promover la innovación y la eficiencia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Compromiso gubernamental:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Asegurar un fuerte compromiso por parte del gobierno para implementar y apoyar el nuevo modelo de reforma.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En tanto que la publicación </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Los Pilares de Costo-Efectividad: Una guía práctica para la toma de decisiones costo-efectivas en nuevas tecnologías de salud</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aborda la imperiosa necesidad de un enfoque económico en la toma de decisiones sobre atención médica en América Central y el Caribe. Ofrece una guía práctica destinada a hacer que las tecnologías de salud sean más asequibles y accesibles, destacando estrategias clave para optimizar el uso de recursos en el sector salud. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(53 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>La tabla adjunta resume las lecciones aprendidas y prácticas óptimas del documento, seguida de una descripción narrativa detallada que amplía los conceptos y recomendaciones presentados.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="554"/>
+        <w:gridCol w:w="4536"/>
+        <w:gridCol w:w="4980"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:trPr>
+          <w:trHeight w:val="368"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>LECCIONES APRENDIDAS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>PRACTICAS ÓPTIMAS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Evaluaciones económicas y de tecnologías de la salud</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Educación </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">en evaluaciones </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>económica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s y de tecnologías de la salud </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tres tipos de pilares de efectividad </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Efectividad integral (clínica, en acceso médico y económica)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Desarrollo de listas (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>checklists</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>) de verificación</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Implementación de listas de verificación</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Alianzas en salud</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Enfoque colaborativo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Lecciones Aprendidas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Evaluaciones económicas y de tecnologías de la salud:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Existe una necesidad significativa de aumentar el conocimiento y la aplicación de las evaluaciones económicas y de tecnología de la salud entre los actores de la salud.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Tres tipos de pilares efectividad:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Un enfoque integral que considere la efectividad clínica, en acceso médico (atención en salud) y económica es esencial para la toma de decisiones costo-efectivas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Desarrollo de listas (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>checklists</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>) de verificación:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Las listas de verificación pueden ser una herramienta eficaz para asegurar la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>costo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-efectividad en la compra de nuevas tecnologías de salud, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>ya que permiten una evaluación rigurosa de costos y beneficios, mejorando así la calidad y sostenibilidad de las decisiones, prácticas e intervenciones en salud.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Alianzas en salud:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Los esfuerzos colaborativos entre los actores son cruciales para mejorar los resultados en salud y hacer las tecnologías más accesibles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Prácticas Óptimas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Educación </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>econ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>omía</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y evaluación de tecnologías de la salud:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Educar a los actores de la salud sobre la importancia y aplicación de las evaluaciones económicas y de tecnologías de salud en las decisiones de atención médica.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Efectividad integral:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Considerar la efectividad clínica, de acceso y económica al evaluar nuevas tecnologías de salud para determinar su costo- efectividad, utilidad y beneficio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Implementación de listas de verificación:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Implementar listas de verificación basadas en conceptos probados en las industrias de aviación, médica, farmacéutica y de salud pública para lograr las metas universales de los pacientes, proveedores, pagadores y responsables de políticas: el mejor medicamento al menor costo posible y con el mejor acceso posible.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Enfoque colaborativo:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fomentar asociaciones entre pacientes, proveedores, responsables de políticas y financiadores para mejorar el acceso a tecnologías de salud y los resultados en salud</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Por otro lado, la publicación </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Visión Estratégica de Salud Pública para Guatemala</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ofrece una visión estratégica para mejorar el desempeño del Ministerio de Salud Pública y Asistencia Social (MSPAS) de Guatemala. Examina las limitaciones y desafíos que enfrenta el MSPAS y propone una solución integral para superar estos obstáculos. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(54)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> La tabla adjunta resume las lecciones aprendidas y prácticas óptimas del artículo, y es seguida de una descripción narrativa detallada que amplía y contextualiza las recomendaciones presentadas.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="554"/>
+        <w:gridCol w:w="4538"/>
+        <w:gridCol w:w="4978"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:trPr>
+          <w:trHeight w:val="368"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>LECCIONES APRENDIDAS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>PRACTICAS ÓPTIMAS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Resistencia al cambio</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Implementar siete conceptos validados</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Conceptos probados</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Reestructurar y revitalizar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Enfoque integral</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Asegurar apoyo multisectorial</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Colaboración es clave</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Liderazgo compartido o colaborativo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Lecciones Aprendidas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Resistencia al cambio:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A pesar de los esfuerzos gubernamentales, el MSPAS a menudo no logra transformarse debido a una cultura de continuidad, impunidad y resistencia al cambio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Conceptos probados:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Aplicar conceptos probados como el pensamiento sistémico, los servicios esenciales de salud pública y las intervenciones basadas en el lugar puede ayudar a abordar las ineficiencias sistémicas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Enfoque integral:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Es necesario un enfoque integral que incluya reestructuración y revitalización para mejorar el desempeño del MSPAS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Colaboración es clave:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> El apoyo multisectorial y el liderazgo colaborativo son cruciales para una transformación exitosa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Prácticas Óptimas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Implementar siete conceptos validados:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Implementar el pensamiento sistémico, los servicios esenciales de salud pública, los niveles de causalidad de enfermedades, los programas de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> enlace comunitario, las intervenciones basadas en el lugar, la mentalidad </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>farmacoeconómica</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y un sistema de salud poblacional.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Reestructurar y revitalizar:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Enfocarse en reorganizar funciones, estructuras, programas, servicios y beneficios (reestructuración), al mismo tiempo que se desarrolla una cultura de excelencia, alto rendimiento, transparencia y responsabilidad (revitalización).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Asegurar apoyo multisectorial:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Involucrar y asegurar el apoyo de diversos y todos los sectores y partes interesadas para abordar las ineficiencias del sistema.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Liderazgo compartido o colaborativo:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fomentar un liderazgo compartido o colaborativo de expertos experimentados con trayectoria probada tanto a nivel local como internacional.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Por último, la publicación </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Revisión Técnica de la Propuesta de Reforma del Sector Salud en Guatemala: Un Análisis Crítico</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ofrece una evaluación exhaustiva de una propuesta de reforma del sector salud en Guatemala. Destaca diversos aspectos de la propuesta, identificando deficiencias y desafíos significativos. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(55)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> La tabla adjunta resume las lecciones aprendidas y práctica óptimas del documento, seguida de una descripción narrativa detallada que proporciona un análisis más profundo de las observaciones y recomendaciones presentadas.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="554"/>
+        <w:gridCol w:w="4627"/>
+        <w:gridCol w:w="4889"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:trPr>
+          <w:trHeight w:val="368"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4680" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>LECCIONES APRENDIDAS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4950" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>PRÁCTICAS ÓPTIMAS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4680" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Enfoque integral</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4950" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Alineación estratégica</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4680" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Expectativas realistas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4950" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Enfoques innovadores</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:trPr>
+          <w:trHeight w:val="65"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4680" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Integración de actores</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4950" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Gobernanza colaborativa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidTr="003A3477">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4680" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Liderazgo y gobernanza sólida</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4950" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF1BC"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF5A79">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Monitoreo y evaluación</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Lecciones Aprendidas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Enfoque integral:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Los esfuerzos de reforma deben ser integrales, abordando aspectos técnicos, programáticos, gerenciales, financieros, políticos y estructurales.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Expectativas realistas:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Las propuestas deben establecer expectativas realistas respecto al alcance e impacto de las reformas, especialmente en la resolución de la crisis de salud existente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Integración de actores:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Una reforma efectiva requiere la integración y colaboración de diversos y todos los actores de salud para maximizar recursos e infraestructura.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Liderazgo y gobernanza sólida: Un liderazgo y una gobernanza robusta son esenciales para implementar y mantener con éxito las reformas en el sector salud.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Prácticas Óptimas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Alineación estratégica:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Asegurar la alineación de las propuestas de reforma con los planes nacionales de desarrollo y los marcos legales para mejorar la efectividad y sostenibilidad.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Enfoques innovadores:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Implementar estrategias innovadoras y cambios estructurales que aborden problemas sistémicos y mejoren el desempeño del sistema de salud.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Gobernanza colaborativa:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fomentar modelos de gobernanza colaborativa que involucren e integren a diversos actores de salud para un impacto colectivo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00C90E9C" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Monitoreo y evaluación:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Establecer mecanismos robustos de monitoreo y evaluación para seguir el progreso, identificar brechas y ajustar las estrategias respectivamente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(EN NEGRITA, MAYÚSCULA SOSTENIDA, ALINEADOS A LA IZQUIERDA Y EN VERDANA 1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00703E7F" w:rsidRPr="00703E7F">
+      </w:pPr>
+      <w:r w:rsidRPr="00017CF0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00703E7F">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DISCUSIÓN </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Diversas instituciones e investigadores han estudiado la construcción de sistemas de salud resilientes y el impacto de la corrupción, ofreciendo definiciones, enfoques, lecciones aprendidas y prácticas óptimas. Estas referencias ofrecen una base sólida para analizar y comprender los sistemas de salud resilientes desde diversas perspectivas y aplicar los enfoques y mejores prácticas actuales en su fortalecimiento.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Las descripciones de sistemas de salud resilientes varían entre instituciones y expertos, ofreciendo un panorama amplio y multifacético. La Organización Mundial de la Salud (OMS) los define como sistemas que mantienen sus funciones esenciales durante crisis y mejoran su capacidad de respuesta ante eventos adversos futuros. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(12)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> El Banco Mundial, por su parte, señala que estos sistemas deben absorber, adaptarse y transformarse frente a choques y tensiones. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(13)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Kruk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y colegas subrayan la importancia de la capacidad de aprendizaje y adaptación, utilizando la crisis del Ébola como ejemplo clave. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(14)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Blanchet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y otros presentan un marco conceptual centrado en la gobernanza y la capacidad de gestión, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(15)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mientras que Thomas y su equipo enfatizan la necesidad de estrategias clave para fortalecer la resiliencia de los sistemas de salud. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(21)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Para construir sistemas de salud más resilientes y equitativos, es esencial adoptar un enfoque integral que incluya liderazgo visionario, educación interdisciplinaria y un compromiso a largo plazo con la reforma estructural. Las lecciones aprendidas destacan la importancia de un liderazgo ético y transparente, que promueva la rendición de cuentas y la participación comunitaria en la lucha contra la corrupción. La gestión transparente de recursos y la reestructuración gubernamental, junto con la contratación basada en méritos y la colaboración entre actores clave, mejoran la eficacia y la integridad del sistema de salud. Además, fomentar cambios culturales y de comportamiento en la población, así como implementar marcos integrales para la reforma, es crucial para asegurar la sostenibilidad de los avances logrados. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Estos elementos, cuando se combinan, ofrecen un camino viable hacia la construcción de sistemas de salud más fuertes, capaces de responder eficazmente a las crisis y de proporcionar una atención equitativa y accesible para todos. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>(56-60)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Estas recomendaciones, alineadas con los hallazgos de esta publicación, proporcionan un marco integral para desarrollar sistemas de salud resilientes que puedan enfrentar crisis y recuperarse de manera eficiente y equitativa. A continuación, se presenta un resumen de las 44</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lecciones aprendidas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y las 44 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>prácticas óptimas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de las 11 publicaciones, destacando tanto su contenido esencial como su relevancia e importancia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Síntesis de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Lecciones Aprendidas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La asignación y utilización efectiva de recursos, fundamentada en valores éticos, son cruciales para superar las barreras sistémicas en los sistemas de salud. La responsabilidad y la integridad deben ser priorizadas, con el voto informado desempeñando un papel clave en la lucha contra la corrupción, que es un impedimento significativo para la gobernanza en salud y el bienestar social en general. Un enfoque holístico y un compromiso a largo plazo, que enfatice la visión, el liderazgo, la competencia y la educación interdisciplinaria, son esenciales para impulsar el cambio sistémico. Comprender el impacto global de la corrupción y fomentar el cambio cultural, social y de comportamiento son aspectos cruciales. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>La reconstrucción personal y sistémica, guiada por individuos comprometidos y marcos integrales, es necesaria para una reforma real. Aprender de conceptos probados y utilizar evaluaciones económicas y de tecnologías de la salud puede mejorar la efectividad clínica, de acceso médico y económica. Implementar listas de verificación, fomentar alianzas en salud y adoptar la innovación son estrategias beneficiosas. Superar la resistencia al cambio requiere colaboración, expectativas realistas y la integración de todos los actores. Esto subraya la importancia de un liderazgo y gobernanza robustos—caracterizados por fortaleza, resiliencia y eficacia en la gestión de desafíos y adversidades—para lograr mejoras significativas en los sistemas de salud</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C372B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Para combatir la corrupción y mejorar la salud poblacional, es fundamental fortalecer las políticas anticorrupción y asegurar su aplicación efectiva. También es crucial garantizar la rendición de cuentas financieras mediante presupuestos transparentes y accesibles. Además, se debe fomentar la participación activa de la comunidad y los ciudadanos en la supervisión y toma de decisiones en el ámbito de la salud, promoviendo a su vez protecciones para los denunciantes que reporten casos de corrupción. Finalmente, la integración de tecnologías digitales de salud puede desempeñar un papel clave al mejorar la transparencia en los sistemas de salud.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Síntesis de P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>rácticas Óptimas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Promover el liderazgo ético y mejorar la rendición de cuentas son fundamentales para fortalecer los sistemas de salud y combatir la corrupción. La participación de la comunidad y la gestión transparente de los recursos fomentan la confianza y la eficiencia. La educación del votante y la ciudadanía y el liderazgo de servicio son cruciales para una gobernanza informada y responsable. La reestructuración y revitalización gubernamental y las medidas de seguridad integral son necesarias para fortalecer la rectoría en salud. Los esfuerzos colaborativos y la participación de los actores mejoran la transparencia y la rendición de cuentas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">El liderazgo visionario y la contratación basada en méritos promueven la gobernanza ética. Apoyar a líderes no filtrados e integrar una educación basada en competencias y orientada al futuro en los planes de estudio prepara a los líderes para los desafíos futuros. Los programas educativos de acceso abierto y el análisis integrado aseguran la inclusividad y una comprensión integral. Las intervenciones de comportamiento y las soluciones basadas en matrices abordan problemas específicos de manera efectiva. La colaboración con organizaciones internacionales ofrece perspectivas y recursos más amplios. Definir y analizar la corrupción, junto con recomendaciones basadas en la experiencia exitosas, son esenciales para intervenciones específicas. Fomentar el compromiso a lo largo de la vida y con las poblaciones vulnerables asegura un impacto sostenido. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>El análisis contextual y la selección de marcos de reforma adecuados son fundamentales para guiar estrategias efectivas. Una mentalidad emprendedora y centrada en el cliente, junto con el compromiso gubernamental, es crucial para enfoques innovadores. La educación económica y las evaluaciones de efectividad integrales optimizan la toma de decisiones. El uso de listas de verificación</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>checklists</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, la adopción de conceptos validados y un enfoque colaborativo garantizan una implementación estructurada y eficaz. La reestructuración y revitalización de sistemas, el aseguramiento de un enfoque multisectorial y el liderazgo colaborativo alinean los objetivos estratégicos. </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00017CF0" w:rsidRPr="00017CF0" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+    <w:p w:rsidR="003A3477" w:rsidRDefault="003A3477" w:rsidP="003A3477">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> 10, justificado. </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE63B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Asimismo, el monitoreo y la evaluación son fundamentales para garantizar la mejora continua y la rendición de cuentas, al permitir identificar de manera temprana ineficiencias, desviaciones o riesgos de corrupción. Estos procesos facilitan la implementación de acciones correctivas, optimizan el uso de los recursos y aseguran que las políticas y programas de salud se ajusten a las necesidades de la población. Además, fomentan la transparencia al proporcionar datos claros y verificables sobre el desempeño, lo que fortalece la confianza pública y contribuye al combate de la corrupción, mejorando así los resultados en salud poblacional</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
-      <w:pPr>
+    <w:p w:rsidR="003A3477" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> 2 cuartillas.  Esta es una guía que proporciona información sobre los estándares de presentación de trabajos establecidos por el Comité Científico y que busca ayudar al autor en la elaboración de la ponencia. Se sugiere no emplear oraciones demasiado largas, que pueden dificultar la comprensión del texto por el lector. </w:t>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>Finalmente, como u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A73D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">na </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>fotografía</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A73D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vale más que mil palabras, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A73D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>Imagen 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A73D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ofrece una representación visual poderosa del contraste entre el ciclo destructivo de la corrupción y el poder transformador de la resiliencia en los sistemas de salud. En un lado, se muestra el ciclo negativo de la corrupción, destacando las ineficiencias, el abuso, la falta de transparencia y rendición de cuentas, la desviación de fondos y la mal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>versación</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A73D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de recursos, lo que conduce a un mal servicio, fraude, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">corrupción, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A73D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">insatisfacción pública y una profunda erosión de la confianza. Este ciclo vicioso perpetúa las inequidades, socava los resultados en salud y frena el progreso. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00703E7F" w:rsidRPr="00335CC8" w:rsidRDefault="00703E7F" w:rsidP="00335CC8">
-      <w:pPr>
+    <w:p w:rsidR="003A3477" w:rsidRPr="000A73D0" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A73D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>En contraste, el ciclo positivo de la resiliencia ilustra cómo un liderazgo visionario, ético, colaborativo y de servicio promueve una gobernanza transparente, rendición de cuentas y asignación eficiente de recursos. A través de la participación comunitaria</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-[...3 lines deleted...]
-        <w:t>Se recomienda en todo el documento, hacer uso adecuado de la redacción, la gramática y la ortografía. Recordar no incluir el lenguaje común ni personal. Se trata de un texto científico, con lenguaje universal y redacción de forma impersonal.</w:t>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y ciudadana</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A73D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, recursos humanos </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">altamente </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A73D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">calificados y un compromiso compartido con mejores resultados en salud, las políticas orientadas a la resiliencia fortalecen la confianza pública y generan un cambio positivo y duradero. La </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A73D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>yuxtaposición en la imagen resalta cómo la corrupción corroe, mientras que la resiliencia renueva y eleva los sistemas de salud, beneficiando en última instancia a las comunidades que sirven.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00335CC8" w:rsidRPr="00703E7F" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+    <w:p w:rsidR="003A3477" w:rsidRDefault="003A3477" w:rsidP="00335CC8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...226 lines deleted...]
-      <w:r w:rsidRPr="008B61CB">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4C7689A3" wp14:editId="1577A1AF">
-[...2 lines deleted...]
-            <wp:docPr id="5" name="Imagen 5"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="09897982" wp14:editId="7A07183C">
+            <wp:extent cx="6400800" cy="3531870"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1700905109" name="Picture 3" descr="A diagram of a diagram&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPr id="1700905109" name="Picture 3" descr="A diagram of a diagram&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId18"/>
+                    <a:blip r:embed="rId12" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6450811" cy="2672006"/>
+                      <a:ext cx="6400800" cy="3531870"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B61CB" w:rsidRPr="00335CC8" w:rsidRDefault="008B61CB" w:rsidP="00335CC8">
-[...64 lines deleted...]
-    <w:p w:rsidR="00335CC8" w:rsidRPr="00703E7F" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+    <w:p w:rsidR="00335CC8" w:rsidRPr="00017CF0" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017CF0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>RESULTADOS</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00703E7F">
+        <w:t xml:space="preserve">CONCLUSIONES </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>La construcción de sistemas de salud resilientes requiere un enfoque estratégico integrado, fundamentado en lecciones aprendidas y prácticas óptimas. Es esencial asignar y gestionar los recursos de manera ética, priorizando la responsabilidad, la integridad y una gobernanza sólida para combatir la corrupción.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>Un liderazgo transformador y</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> resiliente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>, combinado con un enfoque holístico que incluya educación interdisciplinaria y cívica basada en competencias, para asegurar un voto informado, y un compromiso a largo plazo, es fundamental para implementar reformas efectivas. La reestructuración y revitalización gubernamental, la colaboración entre actores clave y la transparencia en la gestión de recursos son prácticas esenciales que refuerzan la necesidad de un liderazgo ético, visionario</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, compartido y de servicio. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La colaboración internacional enriquece los recursos y perspectivas disponibles, lo que contribuye a la creación de reformas más inclusivas y efectivas. Esta cooperación permite integrar conocimientos diversos, compartir mejores prácticas y adaptar soluciones innovadoras, aumentando así la eficacia </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>y el impacto de las reformas implementadas.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> La participación de la ciudadanía, el desarrollo de un liderazgo capacitado mediante programas educativos integrales, y la adopción de marcos de reforma validados y listas de verificación, son cruciales para la implementación de reformas estructuradas y sostenibles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>En conjunto, estas lecciones y prácticas proporcionan un marco robusto para guiar a los líderes hacia soluciones que no solo combatan la corrupción, sino que también promuevan una salud poblacional más equitativa, sostenible y preparada para enfrentar desafíos futuros. Este enfoque integral no solo mejora la efectividad de las reformas, sino que también contribuye a la construcción de sistemas de salud más resilientes, capaces de adaptarse, recuperarse y prosperar en un entorno en constante cambio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00335CC8" w:rsidRPr="00017CF0" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00017CF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>FINANCIACIÓN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00335CC8" w:rsidRPr="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00335CC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>No se recibió financiación para el desarrollo del presente estudio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00335CC8" w:rsidRPr="00017CF0" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00017CF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>CONFLICTOS DE INTERESES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00335CC8" w:rsidRPr="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00335CC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>No se declaran conflictos de intereses.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00335CC8" w:rsidRPr="00017CF0" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (EN NEGRITA, MAYÚSCULA SOSTENIDA, ALINEADOS A LA IZQUIERDA Y EN VERDANA 1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00703E7F" w:rsidRPr="00703E7F">
+      </w:pPr>
+      <w:r w:rsidRPr="00017CF0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00703E7F">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">REFERENCIAS BIBLIOGRÁFICAS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Murray C, Lopez AD. Lessons Learned from Global Health Initiatives: The Role of Data and Evidence [Internet]. Global Health Action. 2017 [cited 06 July 2024]; 10(1), 138-145. Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://www.tandfonline.com/doi/full/10.1080/16549716.2017.1284004</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wolff J. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Langan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J. The Importance of Lessons Learned in Healthcare Projects [Internet]. Health Services Management Research. 20121 [cited 06 July 2024]; 34(3), 152-160. Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://journals.sagepub.com/doi/full/10.1177/0951484821992345</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Khan M, Smith J. Applying Lessons Learned to Improve Health System Performance [Internet]. Journal of Health Policy and Management. 2018 [cited 06 July 2024]; 60(2), 110-119. Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://www.sciencedirect.com/science/article/pii/S0168851017301613</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Smith J.  Lessons Learned in Public Health: A Framework for Future Action [Internet]. Health Policy and Planning. 2021 [cited 06 July 2024]; 36(4), 456-468. Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://academic.oup.com/heapol/article/36/4/456/5588548</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">White C, Green D. Evidence-Based Approaches to Health System Improvement [Internet]. International Journal of Health Services. 2023 [cited 06 Jul7 2024]; 53(1), 45-60. Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://journals.sagepub.com/doi/full/10.1177/00207314221102290</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jones A, Roberts B. Best Practices in Health System Management: Insights and Strategies [Internet]. Journal of Health Administration. 2022 [cited 08 July 2024]; 58(2), 124-139.  Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://www.sciencedirect.com/science/article/pii/S0022103121000587</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Taylor R, Lewis M. Optimal Practices in Healthcare Delivery: An Updated Review [Internet]. Journal of Healthcare Management. 2020 [cited 08 July 2024]; 65(3), 211-226. Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://journals.lww.com/jhmonline/Fulltext/2020/05000/Optimal_Practices_in_Healthcare_Delivery__An.6.aspx</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Smith R, Lee T. Optimal Practices in Healthcare Management: A Review of Evidence-Based Approaches [Internet]. Journal of Health Administration Research. 2022 [cited 08 July 2024]; 58(1), 88-103. Available from:  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://journals.lww.com/jhmonline/Fulltext/2022/01000/Optimal_Practices_in_Healthcare_Management__A.8.aspx</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Johnson P, White C. Best Practices for Enhancing Healthcare Delivery: Evidence from Recent Studies [Internet]. International Journal of Health Services. 2021 [cited 08 July 2024]; 51(2), 115-129. Available from:  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://journals.sagepub.com/doi/full/10.1177/0020731421990904</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Clark M, Evans D. Implementing Optimal Practices in Health System Reform [Internet]. Health Policy Review. 2019 [cited 08 July 2024]; 48(4), 376-385. Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://www.sciencedirect.com/science/article/pii/S0168851019300853</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Lhachii</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, SK, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Bala</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MM, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Vanagas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> G. Evidence-Based Public Health [Internet]. Biomedical Research International. 2016 [cited 08 July 2024]; 5681409. Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://www.ncbi.nlm.nih.gov/pmc/articles/PMC4749765/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>World Health Organization.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Building health systems resilience for universal health coverage and health security during the COVID-19 pandemic and beyond: WHO position paper [Internet]. Geneva, Switzerland. 2021 [cited 21 July 2024]. Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://www.who.int/publications/i/item/WHO-UHL-PHC-SP-2021.01</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00335CC8" w:rsidRPr="00335CC8" w:rsidRDefault="00593BA6" w:rsidP="00335CC8">
-      <w:pPr>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...13 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">World Bank. Change Cannot Wait: Building Resilient Health Systems in the Shadow of COVID-19 [Internet]. Washington, DC. 2022 [cited 21 July 2024]. Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>http://hdl.handle.net/10986/38233</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kruk ME, Myers M, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Varpilah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ST, Dahn BT. What is a resilient health system? Lessons from Ebola</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Internet]. The Lancet. 2015 [cited 21 July 2024]; 385(9980), 1910-1912. Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://www.thelancet.com/journals/lancet/article/PIIS0140-6736(15)60755-3/fulltext</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Blanchet K, Nam SL, Ramalingam B, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Pozo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Martin F. Governance and capacity to manage resilience of health systems: Towards a new conceptual framework [Internet].  BMJ Global Health. 2017 [cited 21 July 2024]; 2(2), e000344. Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://www.ncbi.nlm.nih.gov/pmc/articles/PMC5553211/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Blane D, Van der Meer J. Health Systems Resilience: A Conceptual Framework [Internet]. Global Health Action. 2020 [cited 21 July 2024]; 13(1), 1702684. Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://www.tandfonline.com/doi/full/10.1080/16549716.2020.1702684</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Birkmann</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J, Fink A. Resilience and Risk: Frameworks for Analysis and Action [Internet]. Springer Nature; 2019 [cited 21 July 2024]; Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://link.springer.com/book/10.1007/978-3-030-16348-4</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>McQueen DV, Jones CM, Eds.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Resilience in Health and Social Care: An Evidence-Based Approach Routledge [Internet]. 2018. [cited 21 July 2024]; Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://www.routledge.com/Resilience-in-Health-and-Social-Care-An-Evidence-Based-Approach/McQueen-Jones/p/book/9780367334243</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00335CC8" w:rsidRPr="00017CF0" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
-      <w:pPr>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>Van de Ven AH, Poole MS.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00017CF0">
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Resilience Theory: A Review of the Literature [Internet].  International Journal of Management Reviews. 2017 [cited 21 July 2024]; 19(2):133-150. Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://onlinelibrary.wiley.com/doi/abs/10.1111/ijmr.12068</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Lunardon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, A.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00017CF0">
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Adapting to Crisis: Building Health System Resilience [Internet].  Health Policy and Planning. 2022 [cited 21 July 2024]; 37(6):789-797. Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://academic.oup.com/heapol/article/37/6/789/6212366</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thomas S, Sagan A, Larkin J, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Cylus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Figueras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, J, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Karanikolos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> M. Strengthening health systems resilience: Key concepts and strategies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>[Internet].  Health Systems &amp; Reform.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2020 [cited 21 July 2024]; 6(1), e1829316. Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://www.tandfonline.com/doi/full/10.1080/23288604.2020.1829316</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>World Health Organization.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00017CF0" w:rsidRPr="00017CF0">
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Strengthening Health Systems Resilience: Key Concepts and Strategies [Internet]. WHO Europe Regional Office. 2021 [cited 22 July 2024]. Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://iris.who.int/handle/10665/332441</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Khan MH.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00017CF0">
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Corruption and Governance: A View from the South [Internet]. Journal of Development Studies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2019 [cited 22 July 2024]; 55(3):535-548. Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://www.tandfonline.com/doi/full/10.1080/00220388.2018.1533001</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Lunardon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Adapting to Crisis: Building Health System Resilience [Internet]. Health Policy and Planning</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2022 [cited 22 July 2024]; 37(6):789-797. Available </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>from:</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>://academic.oup.com/</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>heapol</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>/article/37/6/789/6212366</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00335CC8" w:rsidRPr="00017CF0" w:rsidRDefault="00593BA6" w:rsidP="00593BA6">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
-[...24 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>World Health Organization</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Strengthening Health Systems to Improve Health Outcomes: WHO's Framework for Action [Internet]. Geneva, Switzerland; 2007 [cited 22 July 2024]. Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://www.who.int/publications/i/item/everybody-s-business----strengthening-health-systems-to-improve-health-outcomes</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00593BA6" w:rsidRDefault="00593BA6" w:rsidP="00335CC8">
-      <w:pPr>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>World Bank Group. Resilient Health Systems: A Framework for Action</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Internet]. New York, USA. 2021 [cited 26 July 2024]; Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://documents.worldbank.org/en/publication/documents-reports/documentdetail/661551626115377643/resilient-health-systems-a-framework-for-action</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Institute for Health Metrics and Evaluation.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The Future of Global Health: Building Resilient Health Systems [Internet].</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Seattle, Washington.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2019 [cited 26 July 2024]; Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://www.healthdata.org/news-release/future-global-health-building-resilient-health-systems</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00335CC8" w:rsidRPr="00017CF0" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
-      <w:pPr>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Panamerican</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Health Organization.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00017CF0">
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Health Systems Strengthening: The WHO and PAHO Perspectives [Internet].</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Washington, D.C.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2010  [cited 26 July 2024];  Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId40" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://www.paho.org/hq/dmdocuments/2010/Health-Systems-Strengthening-WHO-PAHO-Perspectives.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>McKinsey &amp; Company.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00017CF0">
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Building Resilient Health Systems: Lessons from COVID-19 [Internet]. Chicago, Illinois. 2020 [cited 26 July 2024]. Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://www.mckinsey.com/capabilities/strategy-and-corporate-finance/our-insights/strategic-resilience-during-the-covid-19-crisis</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Harvard T.H. Chan School of Public Health. Strengthening Health Systems for Resilience: What Works and What Doesn’t [Internet]. Harvard University. Boston, Massachusetts. 2018 [cited 26 July 2024]; Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId42" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://www.hsph.harvard.edu/strengthening-health-systems/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Xu Y, Liu X, Yao X. Data Mining in Healthcare: A Review on the Current State of the Art and Future Trends [Internet].  Journal of Healthcare Engineering</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2021 [cited 26 July 2024]; Article ID 8860739. Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId43" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://www.hindawi.com/journals/jhe/2021/8860739/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Hooda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> R, Dogra M, Bhardwaj A. Applications of Artificial Intelligence and Data Mining Techniques in Healthcare [Internet]. Informatics in Medicine Unlocked. 2022 [cited 28 July 2024]; Article ID 28- 100875. Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId44" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://www.sciencedirect.com/science/article/pii/S2352914822000241</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Kumar PM, Ramesh D. Recent Advancements and Challenges in Healthcare Data Mining: A Comprehensive Review [Internet]. Journal of King Saud University-Computer and Information Sciences</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In Press. 2020 [cited 28 July 2024]; Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId45" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://www.sciencedirect.com/science/article/pii/S1319157820300687</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hannes K, Lockwood C. Synthesizing Qualitative Research: Choosing the Right Approach [Internet]. John Wiley &amp; Sons. 2011. [cited 28 July 2024]. Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId46" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>http://dx.doi.org/10.1002/9781119959847</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tong A, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Flemming</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> K, McInnes E, Oliver S, Craig, J.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00017CF0" w:rsidRPr="00017CF0">
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Enhancing transparency in reporting the synthesis of qualitative research: ENTREQ [Internet]. BMC Medical Research Methodology. 2019 [cited 09 August 2024]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12(1), 181. Available from:  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId47" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://bmcmedresmethodol.biomedcentral.com/articles/10.1186/1471-2288-12-181</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ames H, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Glenton</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> C, Lewin S.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00017CF0">
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Purposive sampling in a qualitative evidence synthesis: A worked example from a synthesis on parental perceptions of vaccination communication [Internet].  BMC </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Medical Research Methodology.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2019 [cited 09 August 2024]; 19(1), 26. Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId48" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://pubmed.ncbi.nlm.nih.gov/30704402/</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00017CF0" w:rsidRDefault="00593BA6" w:rsidP="008B61CB">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...8 lines deleted...]
-      </w:r>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hannes K, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Macaitis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> K.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Advancing the science of qualitative evidence synthesis: Challenges and opportunities </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Internet].  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Qualitative Health Research</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2021</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[cited 09 August 2024]; 31(7), 1162-1174. Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId49" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://journals.sagepub.com/doi/10.1177/1049732320985246</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00593BA6" w:rsidRDefault="00593BA6" w:rsidP="008B61CB">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Sandelowski</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> M, Leeman J. Writing integrative reviews of qualitative research [Internet]. Journal of Advanced Nursing [cited 09 August 2024]; 2023; 79(4), 946-954. Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId50" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://onlinelibrary.wiley.com/doi/10.1111/jon.16387</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Patton MQ. Qualitative Research and Evaluation Methods: Integrating Theory and Practice [Internet]. 5th Edition. SAGE Publications; 2022 [cited 09 August 2024];  Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId51" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://us.sagepub.com/en-us/nam/qualitative-research-and-evaluation-methods/book253185</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thomas J, Harden A. Methods for the synthesis of qualitative research: A critical review [Internet]. International Journal of Social Research Methodology. 2021 [cited 09 August 2024]; 24(3), 337-358. Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId52" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://www.tandfonline.com/doi/full/10.1080/13645579.2021.1880450</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fleming J, Burnard P. A new approach to integrating qualitative research: Using narrative synthesis [Internet]. Qualitative Health Research. 2020 [cited 09 August 2024];</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">30(6), 847-858. Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId53" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://journals.sagepub.com/doi/10.1177/1049732319898051</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00335CC8" w:rsidRPr="00017CF0" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
-      <w:pPr>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Reddy CK, Aggarwal C. Healthcare Data Analytics (2nd ed.) [Internet]. Chapman and Hall/CRC. 2022 [cited 09 August 2024]; Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId54" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://www.crcpress.com/Healthcare-Data-Analytics-Second-Edition/Reddy-Aggarwal/p/book/9780367335011</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Dastani</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> M, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Rahmani</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> R. Business Intelligence in Healthcare Organizations: A Systematic Literature Review [Internet]. Journal of Healthcare Informatics Research</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2020 [cited 09 August 2024]; 4, 421–448. Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://link.springer.com/article/10.1007/s41666-020-00055-2</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Murdoch TB, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Detsky</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AS. The Inevitable Application of Big Data to Health Care [Internet].  JAMA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2021 [cited 09 August 2024]; 325(11):1023-1024. Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId56" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://jamanetwork.com/journals/jama/fullarticle/2775794</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Calderón Pinzón MR. Corrupción y Salud 7: Corrupción epidémica, endémica y pandémica en el sistema de salud guatemalteco debido a la ausencia de una gobernanza efectiva en salud. Revista de Ciencias Médicas y de la Vida [Internet]. 2023 [citado 24 de julio de  2024]; 2(1-3), e023. Disponible en: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId57" w:tgtFrame="_new" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="es-US"/>
+          </w:rPr>
+          <w:t>https://editorial.udv.edu.gt/index.php/RCMV/article/view/95</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Calderón Pinzón MR. Corrupción y Salud 6: Una visión presidencial para Guatemala basada en los determinantes sociales de la salud. Revista de Ciencias Médicas y de la Vida [Internet]. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">2023;1(1-3). [citado 24 de julio de 2024]. Disponible en: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId58" w:tgtFrame="_new" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="es-US"/>
+          </w:rPr>
+          <w:t>https://editorial.udv.edu.gt/index.php/RCMV/article/view/48</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Calderón Pinzón MR. Corrupción y Salud 5: ¿Por qué es difícil acelerar el fin de la epidemia de VIH/SIDA? Revista de Ciencias Médicas y de la Vida [Internet]. 2023;1(1-3). [citado 24 de julio de 2024]. Disponible en: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId59" w:tgtFrame="_new" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="es-US"/>
+          </w:rPr>
+          <w:t>https://editorial.udv.edu.gt/index.php/RCMV/article/view/49</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Calderón Pinzón MR. Corrupción y Salud 4: Liderando el Sistema Integral de Atención en Salud en Guatemala: Lo Bueno, Lo Malo y Lo Feo. Revista Cubana de Tecnología en Salud [Internet]. 2021;12(1):1-15. [citado 25 de julio de 2024]. Disponible en: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId60" w:tgtFrame="_new" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="es-US"/>
+          </w:rPr>
+          <w:t>http://www.revtecnologia.sld.cu/index.php/tec/article/view/2128</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Calderón Pinzón MR. Corrupción y Salud 3: Desarrollo del liderazgo para transformar los sistemas de salud. Revista Cubana de Tecnología en Salud [Internet]. 2021;11(4):3-16. [citado 25 de julio de 2024]. Disponible en: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId61" w:tgtFrame="_new" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="es-US"/>
+          </w:rPr>
+          <w:t>https://revtecnologia.sld.cu/index.php/tec/article/view/1913/1373</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Calderón Pinzón MR. Corrupción y Salud 2: Los desafíos para mejorar el Sistema de salud pública en Guatemala. Revista Cubana de Tecnología de la Salud [Internet].  2020;11(2):3-17. [citado 26 de julio de 2024]. Disponible en: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId62" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="es-US"/>
+          </w:rPr>
+          <w:t>https://revtecnologia.sld.cu/index.php/tec/article/view/1895</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Calderón Pinzón MR. Corrupción y Salud: ¿Por qué es difícil mejorar la salud de la población? Revista Cubana de Tecnología de la Salud [Internet]. 2019;10(4):102-112. [citado 26 de julio de 2024]. Disponible en: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId63" w:tgtFrame="_new" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="es-US"/>
+          </w:rPr>
+          <w:t>https://revtecnologia.sld.cu/index.php/tec/article/view/1634</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>Calderón Pinzón MR. Reformando el sector de la salud de Guatemala</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...10 lines deleted...]
-        <w:t>FINANCIACIÓN</w:t>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Un modelo organizacional y funcional para transformar el sistema de salud. Revista Cubana de Tecnología de la Salud [Internet]. 2019;10(4):20-32. [citado 27 de julio de 2024]. Disponible en: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId64" w:tgtFrame="_new" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="es-US"/>
+          </w:rPr>
+          <w:t>https://revtecnologia.sld.cu/index.php/tec/article/view/1609</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00335CC8" w:rsidRPr="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
-      <w:pPr>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t>Declarar si existe o no. Ejemplo:</w:t>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Calderón Pinzón MR. Los Pilares de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>Costo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Efectividad: Una guía práctica para la toma de decisiones costo-efectivas en nuevas tecnologías de salud. Revista Cubana de Tecnología de la Salud [Internet]. 2019;10(3):97-103. [citado 27 de julio de 2024]. Disponible en: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId65" w:tgtFrame="_new" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="es-US"/>
+          </w:rPr>
+          <w:t>https://revtecnologia.sld.cu/index.php/tec/article/view/1594/1191</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00335CC8" w:rsidRPr="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
-      <w:pPr>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t>No se recibió financiación para el desarrollo del presente estudio.</w:t>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Calderón Pinzón MR. Visión Estratégica de Salud Pública para Guatemala. Revista Cubana de Tecnología en Salud [Internet]. 2019;10(2):71-82. [citado 28 de julio de 2024]. Disponible en: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId66" w:tgtFrame="_new" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="es-US"/>
+          </w:rPr>
+          <w:t>https://revtecnologia.sld.cu/index.php/tec/article/view/1497</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00335CC8" w:rsidRPr="00017CF0" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
-      <w:pPr>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-          <w:b/>
-[...11 lines deleted...]
-        <w:t>CONFLICTOS DE INTERESES</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Calderón Pinzón MR. Revisión Técnica de la Propuesta de Reforma del Sector Salud en Guatemala: Un Análisis Crítico. Revista Cubana de Tecnología en Salud [Internet].  2018;9(4):40-47. [citado 30 de julio de 2024 2024]. Disponible en: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId67" w:tgtFrame="_new" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="es-US"/>
+          </w:rPr>
+          <w:t>http://www.revtecnologia.sld.cu/index.php/tec/article/view/1303</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00335CC8" w:rsidRPr="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
-      <w:pPr>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Declarar si existe o no. Ejemplo:</w:t>
+        <w:t>World Health Organization. Health workforce requirements for universal health coverage and the Sustainable Development Goals [Internet]. Human Resources for Health Observer Series No. 17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Geneva, Switzerland. 2016 [cited 20 August 2024]. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Available</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId68" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="es-ES"/>
+          </w:rPr>
+          <w:t>https://iris.who.int/handle/10665/250330</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00335CC8" w:rsidRPr="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
-      <w:pPr>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...8 lines deleted...]
-      </w:r>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Frenk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, J, Moon S. Governance challenges in global health. The New England Journal of Medicine</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>[Internet]. 2013 368</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(10):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">936-942. [cited 20 August 2024]. Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId69" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://www.researchgate.net/publication/235879262_Governance_Challenges_in_Global_Health</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00335CC8" w:rsidRPr="00017CF0" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
-      <w:pPr>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-          <w:b/>
-[...43 lines deleted...]
-      </w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Bishai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> D, et al. Practical strategies to achieve resilient health systems: results from a scoping review [Internet]. British Health Services Research. 2024 [cited 20 August 2024]; 24, Article number 297. Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId70" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1186/s12913-024-10650-8</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00335CC8" w:rsidRPr="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
-      <w:pPr>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...28 lines deleted...]
-      </w:r>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">World Bank Group. Change Cannot Wait: Building Resilient Health Systems in the Shadow of COVID-19 [Internet]. Washington, DC. 2022 [cited 20 August 2024] Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId71" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://openknowledge.worldbank.org/entities/publication/ba3e856d-245f-55bf-a6fa-6361cb580c76</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00335CC8" w:rsidRPr="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
-      <w:pPr>
+    <w:p w:rsidR="003A3477" w:rsidRPr="00BF5A79" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...71 lines deleted...]
-      </w:r>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>Debie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>Nigusie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>Geddle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> D, et al. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Building a resilient health system for universal health coverage and health security: a systematic review [Internet]. Global Health Research and Policy. 2022 [cited 20 August 2024]. Available from: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId72" w:history="1">
+        <w:r w:rsidRPr="00BF5A79">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1186/s41256-023-00340-z</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+    <w:p w:rsidR="006A2EE3" w:rsidRDefault="006A2EE3" w:rsidP="00335CC8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00335CC8">
-[...69 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00087D30" w:rsidRDefault="00087D30" w:rsidP="00335CC8">
+    <w:p w:rsidR="006A2EE3" w:rsidRPr="00335CC8" w:rsidRDefault="006A2EE3" w:rsidP="00335CC8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...29 lines deleted...]
-        <w:sectPr w:rsidR="00087D30" w:rsidRPr="00335CC8" w:rsidSect="0061413F">
+        <w:sectPr w:rsidR="006A2EE3" w:rsidRPr="00335CC8" w:rsidSect="00DE4006">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F515E2" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
       <w:pPr>
         <w:pStyle w:val="Encabezado"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F515E2" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
       <w:pPr>
         <w:pStyle w:val="Encabezado"/>
@@ -3419,1768 +24473,3632 @@
         </w:rPr>
         <w:t xml:space="preserve">Al comité editorial de la Revista </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ciencias Médicas y Vida</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w:rsidR="00F750A3" w:rsidRPr="00BF5A79" w:rsidRDefault="00F750A3" w:rsidP="00F750A3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Título del artículo:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F750A3" w:rsidRPr="00BF5A79" w:rsidRDefault="00F750A3" w:rsidP="00F750A3">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>CONSTRUYENDO SISTEMAS DE SALUD RESILIENTES: Lecciones aprendidas y prácticas óptimas para combatir la corrupción y mejorar la salud poblacional</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F750A3" w:rsidRPr="00BF5A79" w:rsidRDefault="00F750A3" w:rsidP="00F750A3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nombre del (de los) autor(es): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F750A3" w:rsidRPr="00BF5A79" w:rsidRDefault="00F750A3" w:rsidP="00F750A3">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mario Ricardo Calderón Pinzón </w:t>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00586919">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00586919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_____________________________________________________________</w:t>
+        <w:t>Los autores del presente trabajo se comprometen a cumplir las siguientes normas:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00586919">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
-[...185 lines deleted...]
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w:rsidR="000717F1" w:rsidRPr="00586919" w:rsidRDefault="000717F1" w:rsidP="000717F1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00586919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Todos los autores mencionados participaron del artículo científico y se responsabilizan por este. </w:t>
+        <w:t>Todos los autores mencionados participaron del artículo científico</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> revisaron la versión final del trabajo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se responsabilizan por este</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009666F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">y aprobaron la publicación en la Revista </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ciencias Médicas y Vida</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w:rsidR="000717F1" w:rsidRPr="00586919" w:rsidRDefault="000717F1" w:rsidP="000717F1">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w:rsidR="000717F1" w:rsidRPr="00586919" w:rsidRDefault="000717F1" w:rsidP="000717F1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00586919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Todos los autores revisaron la versión final del trabajo y aprobaron la publicación en la Revista </w:t>
+        <w:t>Este trabajo, u otro semejante en contenido, no ha sido publicado en otra revista ni como parte de un libro, ni está sometido a revisión en otro espacio editorial</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Ciencias Médicas y Vida</w:t>
+        <w:t>, por lo que es original e inédito</w:t>
       </w:r>
       <w:r w:rsidRPr="00586919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w:rsidR="000717F1" w:rsidRPr="00586919" w:rsidRDefault="000717F1" w:rsidP="000717F1">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w:rsidR="000717F1" w:rsidRDefault="000717F1" w:rsidP="000717F1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00586919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Este trabajo, u otro semejante en contenido, no ha sido publicado en otra revista ni como parte de un libro, ni está sometido a revisión en otro espacio editorial</w:t>
+        <w:t xml:space="preserve">De acuerdo con la Licencia por la que se rige la revista (Licencia </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Creative</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Commons</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Atribución-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>NoComercial</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>CompartirIgual</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4.0 Internacional</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>, por lo que es original e inédito</w:t>
+        <w:t>),</w:t>
       </w:r>
       <w:r w:rsidRPr="00586919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> los autores conservarán todos los derechos sobre la obra siempre y cuando se cite la fuente primaria de publicación (RC</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>MV</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) y no se use con fines comerciales. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w:rsidR="000717F1" w:rsidRPr="003C0432" w:rsidRDefault="000717F1" w:rsidP="000717F1">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w:rsidR="000717F1" w:rsidRDefault="000717F1" w:rsidP="000717F1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00586919">
-[...78 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>),</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> los autores conservarán todos los derechos sobre la obra siempre y cuando se cite la fuente primaria de publicación (RC</w:t>
+        <w:t>Por lo tanto, d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0432">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>e manera libre, voluntaria y a título gratuito, cedo (cedemos) mis (nuestros) derechos a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>MV</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">) y no se use con fines comerciales. </w:t>
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D22C6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Revista </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D22C6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ciencias Médicas y </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D22C6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Vida</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D22C6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>para que reproduzca, edite, publique, distribuya y ponga a disposición a través de intranets, internet</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, impresión o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D22C6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CD dicha obra, sin limitación alguna de forma o tiempo y con la obligación expresa de respetar y mencionar el crédito que me (nos) corresponde en cualquier utilización que se haga de la misma. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRPr="003C0432" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w:rsidR="000717F1" w:rsidRPr="00D22C6B" w:rsidRDefault="000717F1" w:rsidP="000717F1">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w:rsidR="000717F1" w:rsidRDefault="000717F1" w:rsidP="000717F1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...22 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00D22C6B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-          <w:b/>
-[...55 lines deleted...]
-        <w:t xml:space="preserve">para que reproduzca, edite, publique, distribuya y ponga a disposición a través de intranets, internet o CD dicha obra, sin limitación alguna de forma o tiempo y con la obligación expresa de respetar y mencionar el crédito que me (nos) corresponde en cualquier utilización que se haga de la misma. </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Queda entendido que esta autorización no es una cesión o transmisión de alguno de mis (nuestros) derechos patrimoniales en favor de la mencionada institución, ni tampoco una licencia exclusiva, pues sólo tendrá una vigencia de un año a partir de la fecha de publicación.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00D22C6B" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w:rsidR="000717F1" w:rsidRDefault="000717F1" w:rsidP="000717F1">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w:rsidR="000717F1" w:rsidRDefault="000717F1" w:rsidP="000717F1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D22C6B">
-[...5 lines deleted...]
-        <w:t>Queda entendido que esta autorización no es una cesión o transmisión de alguno de mis (nuestros) derechos patrimoniales en favor de la mencionada institución, ni tampoco una licencia exclusiva, pues sólo tendrá una vigencia de un año a partir de la fecha de publicación.</w:t>
+      <w:r w:rsidRPr="0006465C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Los autores declaran que se han seguido los protocolos necesarios para la protección de los datos de los informantes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, previo consentimiento informado y cumplimiento de los demás principios éticos de la investigación científica y de la bioética, aprobado por el comité de ética de su institución</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007969AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w:rsidR="000717F1" w:rsidRPr="006855CF" w:rsidRDefault="000717F1" w:rsidP="000717F1">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w:rsidR="000717F1" w:rsidRPr="00586919" w:rsidRDefault="000717F1" w:rsidP="000717F1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0006465C">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00AE0A6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>He acotado según el estilo Vancouver, todas las referencias utilizadas, y no he cometido plagio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000717F1" w:rsidRDefault="000717F1" w:rsidP="000717F1">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000717F1" w:rsidRDefault="000717F1" w:rsidP="000717F1">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00491EAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Autorizo a publicar el manuscrito en la versión electrónica e impresa de la Revista de Ciencias Médicas y de la Vida.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000717F1" w:rsidRPr="009666F4" w:rsidRDefault="000717F1" w:rsidP="000717F1">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000717F1" w:rsidRPr="00491EAE" w:rsidRDefault="000717F1" w:rsidP="000717F1">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>, previo consentimiento informado y cumplimiento de los demás principios éticos de la investigación científica y de la bioética</w:t>
-[...15 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Es de mi conocimiento que el equipo editorial de la revista, podrá utilizar la IA para una revisión inicial del manuscrito; lo cual autorizo al momento de firmar esta carta.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRPr="006855CF" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w:rsidR="00F750A3" w:rsidRDefault="00F750A3" w:rsidP="00F750A3">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00F750A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Nota importante:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F750A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> El autor informa que no ha utilizado herramientas de Inteligencia Artificial.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00F750A3" w:rsidRPr="00F750A3" w:rsidRDefault="00F750A3" w:rsidP="00F750A3">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00A64B33" w:rsidRPr="00586919" w:rsidRDefault="00A64B33" w:rsidP="00A64B33">
+    <w:p w:rsidR="00F750A3" w:rsidRDefault="00F750A3" w:rsidP="00F750A3">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00F750A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Conflicto de intereses:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F750A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> El autor declara que no existe conflicto de intereses. </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A64B33" w:rsidRDefault="00A64B33" w:rsidP="00A64B33">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00F750A3" w:rsidRPr="00F750A3" w:rsidRDefault="00F750A3" w:rsidP="00F750A3">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE0A6D">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="003053DC" w:rsidRDefault="003053DC" w:rsidP="003053DC">
+    <w:p w:rsidR="00F750A3" w:rsidRDefault="00F750A3" w:rsidP="00F750A3">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00F750A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Contribución de los autores:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F750A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Todas las etapas de desarrollo de la investigación y redacción del artículo fueron realizadas por M. Ricardo Calderón. </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="003053DC" w:rsidRPr="00586919" w:rsidRDefault="003053DC" w:rsidP="003053DC">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00F750A3" w:rsidRPr="00F750A3" w:rsidRDefault="00F750A3" w:rsidP="00F750A3">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w:rsidR="00F750A3" w:rsidRPr="00F750A3" w:rsidRDefault="00F750A3" w:rsidP="00F750A3">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00F750A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ciudad/País:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F750A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ciudad de Guatemala, Guatemala </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F750A3" w:rsidP="00F750A3">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00F750A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Fecha:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F750A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30 de agosto de 2024</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004A58EA" w:rsidRPr="00586919" w:rsidRDefault="004A58EA" w:rsidP="004A58EA">
-[...663 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId21"/>
+    <w:sectPr w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidSect="003A3477">
+      <w:headerReference w:type="default" r:id="rId73"/>
+      <w:footerReference w:type="default" r:id="rId74"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="741" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A041F7" w:rsidRDefault="00A041F7" w:rsidP="00C26042">
+    <w:p w:rsidR="003B7840" w:rsidRDefault="003B7840" w:rsidP="00C26042">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A041F7" w:rsidRDefault="00A041F7" w:rsidP="00C26042">
+    <w:p w:rsidR="003B7840" w:rsidRDefault="003B7840" w:rsidP="00C26042">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-    <w:panose1 w:val="05050102010706020507"/>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="006004F3" w:rsidRDefault="00A041F7">
+  <w:bookmarkStart w:id="0" w:name="_Hlk117110776" w:displacedByCustomXml="next"/>
+  <w:sdt>
+    <w:sdtPr>
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
+      <w:id w:val="-930285175"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w:rsidR="003A3477" w:rsidRDefault="003A3477" w:rsidP="00E41A19">
+        <w:pPr>
+          <w:autoSpaceDE w:val="0"/>
+          <w:autoSpaceDN w:val="0"/>
+          <w:adjustRightInd w:val="0"/>
+          <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rPr>
+            <w:b/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="00286663">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:noProof/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3CEA9093" wp14:editId="0DB9299A">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:posOffset>5467350</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>115570</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="885825" cy="893197"/>
+              <wp:effectExtent l="0" t="0" r="0" b="2540"/>
+              <wp:wrapNone/>
+              <wp:docPr id="8" name="Imagen 8"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:nvPicPr>
+                      <pic:cNvPr id="1" name=""/>
+                      <pic:cNvPicPr/>
+                    </pic:nvPicPr>
+                    <pic:blipFill>
+                      <a:blip r:embed="rId1" cstate="print">
+                        <a:extLst>
+                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </a:blip>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </pic:blipFill>
+                    <pic:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="885825" cy="893197"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </pic:spPr>
+                  </pic:pic>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </w:r>
+      </w:p>
+      <w:p w:rsidR="003A3477" w:rsidRDefault="003A3477" w:rsidP="00E41A19">
+        <w:pPr>
+          <w:autoSpaceDE w:val="0"/>
+          <w:autoSpaceDN w:val="0"/>
+          <w:adjustRightInd w:val="0"/>
+          <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="0064767C">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>*</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00540438">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>Autor para correspondencia</w:t>
+        </w:r>
+        <w:r w:rsidRPr="0064767C">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>:</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Mario Ricardo Calderón</w:t>
+        </w:r>
+        <w:r w:rsidRPr="0064767C">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t xml:space="preserve">. Correo electrónico: </w:t>
+        </w:r>
+        <w:r w:rsidRPr="006B0606">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>mrcalderon@aol.com</w:t>
+        </w:r>
+      </w:p>
+      <w:p w:rsidR="003A3477" w:rsidRPr="0064767C" w:rsidRDefault="003A3477" w:rsidP="00E41A19">
+        <w:pPr>
+          <w:autoSpaceDE w:val="0"/>
+          <w:autoSpaceDN w:val="0"/>
+          <w:adjustRightInd w:val="0"/>
+          <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251681792" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="326C9220" wp14:editId="0A2E9744">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:posOffset>4343400</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>99695</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="915670" cy="400050"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="7" name="Imagen 7" descr="Acceso Abierto - Biblioteca CURZA"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:nvPicPr>
+                      <pic:cNvPr id="0" name="Picture 8" descr="Acceso Abierto - Biblioteca CURZA"/>
+                      <pic:cNvPicPr>
+                        <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </pic:cNvPicPr>
+                    </pic:nvPicPr>
+                    <pic:blipFill>
+                      <a:blip r:embed="rId2" cstate="print">
+                        <a:extLst>
+                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </a:blip>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </pic:blipFill>
+                    <pic:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="915670" cy="400050"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </pic:spPr>
+                  </pic:pic>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </w:r>
+      </w:p>
+      <w:p w:rsidR="003A3477" w:rsidRDefault="003A3477" w:rsidP="00C85EA0">
+        <w:pPr>
+          <w:autoSpaceDE w:val="0"/>
+          <w:autoSpaceDN w:val="0"/>
+          <w:adjustRightInd w:val="0"/>
+          <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="0064767C">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Recibido el </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>30 de agosto del 2024</w:t>
+        </w:r>
+        <w:r w:rsidRPr="0064767C">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t xml:space="preserve">.  Aceptado el </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>19 de septiembre del 2024</w:t>
+        </w:r>
+        <w:r w:rsidRPr="0064767C">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t xml:space="preserve">.  </w:t>
+        </w:r>
+      </w:p>
+      <w:p w:rsidR="003A3477" w:rsidRDefault="003A3477" w:rsidP="00C85EA0">
+        <w:pPr>
+          <w:autoSpaceDE w:val="0"/>
+          <w:autoSpaceDN w:val="0"/>
+          <w:adjustRightInd w:val="0"/>
+          <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:noProof/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="137DB664" wp14:editId="58CACBB4">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>13335</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="5419725" cy="474345"/>
+              <wp:effectExtent l="0" t="0" r="9525" b="1905"/>
+              <wp:wrapNone/>
+              <wp:docPr id="9" name="Imagen 9">
+                <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId3"/>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:nvPicPr>
+                      <pic:cNvPr id="12" name="Imagen 12">
+                        <a:hlinkClick r:id="rId3"/>
+                      </pic:cNvPr>
+                      <pic:cNvPicPr/>
+                    </pic:nvPicPr>
+                    <pic:blipFill>
+                      <a:blip r:embed="rId4">
+                        <a:extLst>
+                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </a:blip>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </pic:blipFill>
+                    <pic:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="5419725" cy="474345"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </pic:spPr>
+                  </pic:pic>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:br w:type="page"/>
+        </w:r>
+      </w:p>
+      <w:p w:rsidR="003A3477" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+        <w:pPr>
+          <w:kinsoku w:val="0"/>
+          <w:overflowPunct w:val="0"/>
+          <w:spacing w:after="0" w:line="204" w:lineRule="exact"/>
+          <w:ind w:left="20"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+        </w:pPr>
+      </w:p>
+      <w:p w:rsidR="003A3477" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+        <w:pPr>
+          <w:kinsoku w:val="0"/>
+          <w:overflowPunct w:val="0"/>
+          <w:spacing w:after="0" w:line="204" w:lineRule="exact"/>
+          <w:ind w:left="20"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+        </w:pPr>
+      </w:p>
+      <w:p w:rsidR="003A3477" w:rsidRPr="000A7A36" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+        <w:pPr>
+          <w:kinsoku w:val="0"/>
+          <w:overflowPunct w:val="0"/>
+          <w:spacing w:after="0" w:line="204" w:lineRule="exact"/>
+          <w:ind w:left="20"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>Rev. CMV. 2023;</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:spacing w:val="-1"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>2(1-3):</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B940F2">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:spacing w:val="-1"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>e0</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:spacing w:val="-1"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve">37                                                                          </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B940F2">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:spacing w:val="-1"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B940F2">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>e</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B940F2">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve">ISSN: </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00462715">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>2958-9533</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> - </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B940F2">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>ISSN</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> impresa</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B940F2">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>:</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="000F1CEA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>2960-2696</w:t>
+        </w:r>
+      </w:p>
+      <w:bookmarkEnd w:id="0"/>
+      <w:p w:rsidR="003A3477" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+        <w:pPr>
+          <w:pStyle w:val="Piedepgina"/>
+          <w:jc w:val="right"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w:rsidR="003A3477" w:rsidRDefault="003A3477">
+    <w:pPr>
+      <w:pStyle w:val="Piedepgina"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="003A3477" w:rsidRDefault="003A3477">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A041F7" w:rsidRDefault="00A041F7" w:rsidP="00C26042">
+    <w:p w:rsidR="003B7840" w:rsidRDefault="003B7840" w:rsidP="00C26042">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A041F7" w:rsidRDefault="00A041F7" w:rsidP="00C26042">
+    <w:p w:rsidR="003B7840" w:rsidRDefault="003B7840" w:rsidP="00C26042">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00D12D0B" w:rsidRDefault="00D12D0B" w:rsidP="003557FA">
+  <w:p w:rsidR="003A3477" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251683840" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="461109BB">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:align>center</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-382905</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="6218555" cy="871855"/>
+          <wp:effectExtent l="0" t="0" r="0" b="4445"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="21238"/>
+              <wp:lineTo x="21505" y="21238"/>
+              <wp:lineTo x="21505" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="6" name="Imagen 6"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 2"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6218555" cy="871855"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:hyperlink r:id="rId2" w:history="1">
+      <w:r w:rsidRPr="00A422EC">
+        <w:rPr>
+          <w:rStyle w:val="Hipervnculo"/>
+        </w:rPr>
+        <w:t>https://editorial.udv.edu.gt/index.php/RCMV</w:t>
+      </w:r>
+    </w:hyperlink>
+    <w:r>
+      <w:t xml:space="preserve">  </w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="003A3477" w:rsidRDefault="003A3477" w:rsidP="003A3477">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="006004F3" w:rsidRPr="00387A42" w:rsidRDefault="00A041F7" w:rsidP="003312B4">
+  <w:p w:rsidR="003A3477" w:rsidRDefault="003A3477" w:rsidP="00030471">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="es-MX"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251682816" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4197A639">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-299085</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-373380</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="6218555" cy="871855"/>
+          <wp:effectExtent l="0" t="0" r="0" b="4445"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="21238"/>
+              <wp:lineTo x="21505" y="21238"/>
+              <wp:lineTo x="21505" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="2" name="Imagen 2"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 1"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6218555" cy="871855"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="09FE60D6" wp14:editId="7ED5AB23">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>5511800</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>563245</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1453515" cy="151765"/>
+              <wp:effectExtent l="0" t="1270" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="16" name="Text Box 12"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1453515" cy="151765"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w:rsidR="003A3477" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+                          <w:pPr>
+                            <w:kinsoku w:val="0"/>
+                            <w:overflowPunct w:val="0"/>
+                            <w:spacing w:line="224" w:lineRule="exact"/>
+                            <w:ind w:left="20"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:color w:val="000000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00F05DEC">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="FFFFFF"/>
+                              <w:spacing w:val="-6"/>
+                            </w:rPr>
+                            <w:t>A</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00F05DEC">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="FFFFFF"/>
+                            </w:rPr>
+                            <w:t>R</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00F05DEC">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="FFFFFF"/>
+                              <w:spacing w:val="3"/>
+                            </w:rPr>
+                            <w:t>T</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00F05DEC">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="FFFFFF"/>
+                              <w:spacing w:val="2"/>
+                            </w:rPr>
+                            <w:t>Í</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00F05DEC">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="FFFFFF"/>
+                            </w:rPr>
+                            <w:t>CULO</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="FFFFFF"/>
+                              <w:spacing w:val="-19"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="FFFFFF"/>
+                            </w:rPr>
+                            <w:t>ORIGI</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="FFFFFF"/>
+                              <w:spacing w:val="4"/>
+                            </w:rPr>
+                            <w:t>N</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="FFFFFF"/>
+                              <w:spacing w:val="-6"/>
+                            </w:rPr>
+                            <w:t>A</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="FFFFFF"/>
+                            </w:rPr>
+                            <w:t>L</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="09FE60D6" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 12" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:434pt;margin-top:44.35pt;width:114.45pt;height:11.95pt;z-index:-251642880;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCF4IAdrQIAAKsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1vmzAQ/j5p/8Hyd8pLgQRUUrUhTJO6&#10;F6ndD3DABGtgM9sJdNP++84mpGmrSdM2PliHfX7unrvHd3U9di06UKmY4Bn2LzyMKC9Fxfguw18e&#10;CmeJkdKEV6QVnGb4kSp8vXr75mroUxqIRrQVlQhAuEqHPsON1n3quqpsaEfUhegph8NayI5o+JU7&#10;t5JkAPSudQPPi91ByKqXoqRKwW4+HeKVxa9rWupPda2oRm2GITdtV2nXrVnd1RVJd5L0DSuPaZC/&#10;yKIjjEPQE1RONEF7yV5BdayUQolaX5Sic0Vds5JaDsDG916wuW9ITy0XKI7qT2VS/w+2/Hj4LBGr&#10;oHcxRpx00KMHOmp0K0bkB6Y+Q69ScLvvwVGPsA++lqvq70T5VSEu1g3hO3ojpRgaSirIzzc33bOr&#10;E44yINvhg6ggDtlrYYHGWnameFAOBOjQp8dTb0wupQkZRpeRH2FUwpkf+Ys4siFIOt/updLvqOiQ&#10;MTIsofcWnRzulDbZkHR2McG4KFjb2v63/NkGOE47EBuumjOThW3nj8RLNsvNMnTCIN44oZfnzk2x&#10;Dp248BdRfpmv17n/08T1w7RhVUW5CTNLyw//rHVHkU+iOIlLiZZVBs6kpORuu24lOhCQdmG/Y0HO&#10;3NznadgiAJcXlPwg9G6DxCni5cIJizBykoW3dDw/uU1iL0zCvHhO6Y5x+u+U0JDhJAqiSUy/5ebZ&#10;7zU3knZMw/BoWZfh5cmJpEaCG17Z1mrC2sk+K4VJ/6kU0O650VawRqOTWvW4HQHFqHgrqkeQrhSg&#10;LNAnTDwwGiG/YzTA9Miw+rYnkmLUvucgfzNqZkPOxnY2CC/haoY1RpO51tNI2veS7RpAnh4YFzfw&#10;RGpm1fuUxfFhwUSwJI7Ty4yc83/r9TRjV78AAAD//wMAUEsDBBQABgAIAAAAIQCpwEfs3wAAAAsB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqN0eTBLiVBWCExIiDQeOTuwmVuN1&#10;iN02/D3bE9xmtKPZN+V28SM72zm6gArWKwHMYheMw17BZ/P6kAGLSaPRY0Cr4MdG2Fa3N6UuTLhg&#10;bc/71DMqwVhoBUNKU8F57AbrdVyFySLdDmH2OpGde25mfaFyP/KNEJJ77ZA+DHqyz4PtjvuTV7D7&#10;wvrFfb+3H/Whdk2TC3yTR6Xu75bdE7Bkl/QXhis+oUNFTG04oYlsVJDJjLYkEtkjsGtA5DIH1pJa&#10;byTwquT/N1S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIXggB2tAgAAqwUAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKnAR+zfAAAACwEAAA8A&#10;AAAAAAAAAAAAAAAABwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAATBgAAAAA=&#10;" o:allowincell="f" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w:rsidR="003A3477" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+                    <w:pPr>
+                      <w:kinsoku w:val="0"/>
+                      <w:overflowPunct w:val="0"/>
+                      <w:spacing w:line="224" w:lineRule="exact"/>
+                      <w:ind w:left="20"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:color w:val="000000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00F05DEC">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="FFFFFF"/>
+                        <w:spacing w:val="-6"/>
+                      </w:rPr>
+                      <w:t>A</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00F05DEC">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="FFFFFF"/>
+                      </w:rPr>
+                      <w:t>R</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00F05DEC">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="FFFFFF"/>
+                        <w:spacing w:val="3"/>
+                      </w:rPr>
+                      <w:t>T</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00F05DEC">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="FFFFFF"/>
+                        <w:spacing w:val="2"/>
+                      </w:rPr>
+                      <w:t>Í</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00F05DEC">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="FFFFFF"/>
+                      </w:rPr>
+                      <w:t>CULO</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="FFFFFF"/>
+                        <w:spacing w:val="-19"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="FFFFFF"/>
+                      </w:rPr>
+                      <w:t>ORIGI</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="FFFFFF"/>
+                        <w:spacing w:val="4"/>
+                      </w:rPr>
+                      <w:t>N</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="FFFFFF"/>
+                        <w:spacing w:val="-6"/>
+                      </w:rPr>
+                      <w:t>A</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="FFFFFF"/>
+                      </w:rPr>
+                      <w:t>L</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="6613484C" wp14:editId="0CC98778">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>5511800</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>563245</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1453515" cy="151765"/>
+              <wp:effectExtent l="0" t="1270" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1" name="Text Box 24"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1453515" cy="151765"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w:rsidR="003A3477" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+                          <w:pPr>
+                            <w:kinsoku w:val="0"/>
+                            <w:overflowPunct w:val="0"/>
+                            <w:spacing w:line="224" w:lineRule="exact"/>
+                            <w:ind w:left="20"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:color w:val="000000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="FFFFFF"/>
+                              <w:spacing w:val="-6"/>
+                            </w:rPr>
+                            <w:t>EDITORIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape w14:anchorId="6613484C" id="Text Box 24" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:434pt;margin-top:44.35pt;width:114.45pt;height:11.95pt;z-index:-251641856;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDpMuVIrwIAALEFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1vmzAQ/j5p/8Hyd8pLIQkopEpDmCZ1&#10;L1K7H+CACdbAZrYT6Kb9951NSNNWk6ZtfLAO+/zcPXePb3kztA06UqmY4Cn2rzyMKC9Eyfg+xV8e&#10;cmeBkdKEl6QRnKb4kSp8s3r7Ztl3CQ1ELZqSSgQgXCV9l+Ja6y5xXVXUtCXqSnSUw2ElZEs0/Mq9&#10;W0rSA3rbuIHnzdxeyLKToqBKwW42HuKVxa8qWuhPVaWoRk2KITdtV2nXnVnd1ZIke0m6mhWnNMhf&#10;ZNESxiHoGSojmqCDZK+gWlZIoUSlrwrRuqKqWEEtB2Djey/Y3Neko5YLFEd15zKp/wdbfDx+loiV&#10;0DuMOGmhRQ900OhWDCgITXn6TiXgdd+Bnx5g37gaqqq7E8VXhbjY1ITv6VpK0deUlJCeb266F1dH&#10;HGVAdv0HUUIcctDCAg2VbA0gVAMBOrTp8dwak0thQobRdeRHGBVw5kf+fBbZECSZbndS6XdUtMgY&#10;KZbQeotOjndKm2xIMrmYYFzkrGls+xv+bAMcxx2IDVfNmcnCdvNH7MXbxXYROmEw2zqhl2XOOt+E&#10;ziz351F2nW02mf/TxPXDpGZlSbkJMynLD/+scyeNj5o4a0uJhpUGzqSk5H63aSQ6ElB2br9TQS7c&#10;3Odp2CIAlxeU/CD0boPYyWeLuRPmYeTEc2/heH58G8+8MA6z/DmlO8bpv1NCfYrjKIhGMf2Wm2e/&#10;19xI0jINs6NhbYoXZyeSGAlueWlbqwlrRvuiFCb9p1JAu6dGW8EajY5q1cNuOD0NADNi3onyERQs&#10;BQgMZApzD4xayO8Y9TBDUqy+HYikGDXvObwCM3AmQ07GbjIIL+BqijVGo7nR42A6dJLta0Ae3xkX&#10;a3gpFbMifsri9L5gLlgupxlmBs/lv/V6mrSrXwAAAP//AwBQSwMEFAAGAAgAAAAhAKnAR+zfAAAA&#10;CwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo3R5MEuJUFYITEiINB45O7CZW&#10;43WI3Tb8PdsT3Ga0o9k35XbxIzvbObqACtYrAcxiF4zDXsFn8/qQAYtJo9FjQKvgx0bYVrc3pS5M&#10;uGBtz/vUMyrBWGgFQ0pTwXnsBut1XIXJIt0OYfY6kZ17bmZ9oXI/8o0QknvtkD4MerLPg+2O+5NX&#10;sPvC+sV9v7cf9aF2TZMLfJNHpe7vlt0TsGSX9BeGKz6hQ0VMbTihiWxUkMmMtiQS2SOwa0DkMgfW&#10;klpvJPCq5P83VL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA6TLlSK8CAACxBQAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAqcBH7N8AAAALAQAA&#10;DwAAAAAAAAAAAAAAAAAJBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABUGAAAAAA==&#10;" o:allowincell="f" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w:rsidR="003A3477" w:rsidRDefault="003A3477" w:rsidP="003A3477">
+                    <w:pPr>
+                      <w:kinsoku w:val="0"/>
+                      <w:overflowPunct w:val="0"/>
+                      <w:spacing w:line="224" w:lineRule="exact"/>
+                      <w:ind w:left="20"/>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:color w:val="000000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="FFFFFF"/>
+                        <w:spacing w:val="-6"/>
+                      </w:rPr>
+                      <w:t>EDITORIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve">        </w:t>
+    </w:r>
+    <w:hyperlink r:id="rId2" w:history="1">
+      <w:r w:rsidRPr="007D5900">
+        <w:rPr>
+          <w:rStyle w:val="Hipervnculo"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>https://editorial.udv.edu.gt/index.php/RCMV</w:t>
+      </w:r>
+    </w:hyperlink>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:color w:val="006600"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00815B3B">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:color w:val="006600"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve">  </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00B940F2">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="002060"/>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00B940F2">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>e</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>-</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00B940F2">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">ISSN: </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00462715">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>2958-9533</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> - </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00B940F2">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>ISSN</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> impresa</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00B940F2">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>:</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="000F1CEA">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>2960-2696</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="003A3477" w:rsidRPr="00387A42" w:rsidRDefault="003A3477" w:rsidP="0042675C">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="es-MX"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="015F3DCA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7354CE72"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="02E36C68"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="56B0F1BA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0C7A4559"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="78B42F96"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0DF468E3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1F823444"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="130B339B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E5348002"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="13C4777E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D2CECB8E"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="161E3878"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4518357C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17E56726"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CC683284"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26EA09C6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4DF4ED50"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30102410"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F3942758"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
@@ -5225,51 +28143,1633 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="31B6601B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5576EC4E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="34833F5C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E3969940"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3975793E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0FB0481E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3AEA73A6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CD2824CC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3B4D3BE7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7A5EE8D2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3CB81119"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="358CCD66"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3E72675E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="36D88A9A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4085677E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2BD2A6A4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4B3F70CF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="212E4D04"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="511143BB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="49E6769A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="55241708"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7F486326"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60A851F7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8756959E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="69EB1850"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C4A80D1A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6F112A2A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="94E80460"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="738E6D52"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7E0047BC"/>
     <w:lvl w:ilvl="0" w:tplc="0409000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5338,142 +29838,449 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A1411D0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2264DF28"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A41575E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0302A484"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="2">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="26">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C26042"/>
-    <w:rsid w:val="000103E2"/>
     <w:rsid w:val="00017CF0"/>
-    <w:rsid w:val="00087D30"/>
-[...2 lines deleted...]
-    <w:rsid w:val="001C6F46"/>
+    <w:rsid w:val="00030471"/>
+    <w:rsid w:val="000346FC"/>
+    <w:rsid w:val="000717F1"/>
+    <w:rsid w:val="00122DAC"/>
+    <w:rsid w:val="00131470"/>
     <w:rsid w:val="001F687F"/>
-    <w:rsid w:val="003053DC"/>
+    <w:rsid w:val="002E7D2B"/>
     <w:rsid w:val="00335CC8"/>
-    <w:rsid w:val="00356800"/>
+    <w:rsid w:val="00351438"/>
+    <w:rsid w:val="003569E7"/>
+    <w:rsid w:val="003765E6"/>
     <w:rsid w:val="003958E6"/>
-    <w:rsid w:val="003A7CF0"/>
-[...2 lines deleted...]
-    <w:rsid w:val="004A58EA"/>
+    <w:rsid w:val="003A3477"/>
+    <w:rsid w:val="003B7840"/>
+    <w:rsid w:val="003C2452"/>
+    <w:rsid w:val="00423E04"/>
+    <w:rsid w:val="0042675C"/>
+    <w:rsid w:val="00462715"/>
     <w:rsid w:val="004B63B0"/>
-    <w:rsid w:val="00525A15"/>
-[...4 lines deleted...]
-    <w:rsid w:val="006D2138"/>
+    <w:rsid w:val="00521044"/>
+    <w:rsid w:val="005D2926"/>
+    <w:rsid w:val="0060698D"/>
+    <w:rsid w:val="00681FBB"/>
+    <w:rsid w:val="006A2EE3"/>
+    <w:rsid w:val="006E79EE"/>
+    <w:rsid w:val="006F5D78"/>
     <w:rsid w:val="00703E7F"/>
-    <w:rsid w:val="007611C7"/>
-    <w:rsid w:val="00842CEF"/>
+    <w:rsid w:val="007E3CE9"/>
     <w:rsid w:val="00844FFA"/>
-    <w:rsid w:val="00885EC5"/>
     <w:rsid w:val="008B61CB"/>
+    <w:rsid w:val="0092434E"/>
+    <w:rsid w:val="00931A07"/>
     <w:rsid w:val="00941EE8"/>
-    <w:rsid w:val="009466AE"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00A041F7"/>
     <w:rsid w:val="00A217A0"/>
-    <w:rsid w:val="00A64B33"/>
+    <w:rsid w:val="00A94027"/>
     <w:rsid w:val="00AE3EC8"/>
+    <w:rsid w:val="00B00CBD"/>
+    <w:rsid w:val="00B5647C"/>
     <w:rsid w:val="00C26042"/>
-    <w:rsid w:val="00C3701D"/>
     <w:rsid w:val="00C42E47"/>
-    <w:rsid w:val="00C849D0"/>
+    <w:rsid w:val="00C816E0"/>
+    <w:rsid w:val="00C85EA0"/>
     <w:rsid w:val="00D12D0B"/>
-    <w:rsid w:val="00D4725F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00DB4958"/>
+    <w:rsid w:val="00D323F3"/>
+    <w:rsid w:val="00D32DF9"/>
+    <w:rsid w:val="00DE4006"/>
+    <w:rsid w:val="00E25CBE"/>
     <w:rsid w:val="00E25F30"/>
     <w:rsid w:val="00E41A19"/>
     <w:rsid w:val="00E73F25"/>
-    <w:rsid w:val="00E93D45"/>
-    <w:rsid w:val="00EC69D0"/>
+    <w:rsid w:val="00E850AB"/>
+    <w:rsid w:val="00EA0F3F"/>
     <w:rsid w:val="00EF1A4F"/>
+    <w:rsid w:val="00F40ECA"/>
     <w:rsid w:val="00F515E2"/>
+    <w:rsid w:val="00F64232"/>
     <w:rsid w:val="00F7080A"/>
-    <w:rsid w:val="00F96185"/>
+    <w:rsid w:val="00F750A3"/>
     <w:rsid w:val="00FC4BFF"/>
-    <w:rsid w:val="00FF6097"/>
+    <w:rsid w:val="00FF24C5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-GT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
@@ -5971,87 +30778,99 @@
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="authorinfo">
     <w:name w:val="authorinfo"/>
     <w:rsid w:val="00D12D0B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="400" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prrafodelista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00A64B33"/>
+    <w:rsid w:val="0060698D"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tablaconcuadrcula">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tablanormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="004A58EA"/>
+    <w:rsid w:val="00F40ECA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/xxxxx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/0000-0003-3812-4239" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\mpileta\Documents\4%20Da%20VINCI\0.2.%20Revista%20Medicina-UDV\0.%20REVISTA\DOCUMENTOS%20DE%20LA%20REVISTA\plantillas\xxxxx@xxxx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miday@infomed.sld.cu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/0000-0003-3812-4559" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/0000-0003-3812-4239" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miday@infomed.sld.cu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/0000-0003-3812-4559" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thelancet.com/journals/lancet/article/PIIS0140-6736(15)60755-3/fulltext" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.sagepub.com/doi/full/10.1177/0020731421990904" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hsph.harvard.edu/strengthening-health-systems/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bmcmedresmethodol.biomedcentral.com/articles/10.1186/1471-2288-12-181" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revtecnologia.sld.cu/index.php/tec/article/view/1634" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iris.who.int/handle/10665/250330" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/heapol/article/36/4/456/5588548" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-030-16348-4" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.who.int/publications/i/item/WHO-UHL-PHC-SP-2021.01" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/heapol/article/37/6/789/6212366" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.who.int/publications/i/item/everybody-s-business----strengthening-health-systems-to-improve-health-outcomes" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.paho.org/hq/dmdocuments/2010/Health-Systems-Strengthening-WHO-PAHO-Perspectives.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S1319157820300687" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.sagepub.com/doi/10.1177/1049732319898051" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editorial.udv.edu.gt/index.php/RCMV/article/view/48" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revtecnologia.sld.cu/index.php/tec/article/view/1497" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revtecnologia.sld.cu/index.php/tec/article/view/1913/1373" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.lww.com/jhmonline/Fulltext/2020/05000/Optimal_Practices_in_Healthcare_Delivery__An.6.aspx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.sagepub.com/doi/full/10.1177/0951484821992345" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S0168851019300853" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC5553211/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Resilience-in-Health-and-Social-Care-An-Evidence-Based-Approach/McQueen-Jones/p/book/9780367334243" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tandfonline.com/doi/full/10.1080/00220388.2018.1533001" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hindawi.com/journals/jhe/2021/8860739/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/30704402/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jamanetwork.com/journals/jama/fullarticle/2775794" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revtecnologia.sld.cu/index.php/tec/article/view/1609" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/235879262_Governance_Challenges_in_Global_Health" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7759-3647" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://us.sagepub.com/en-us/nam/qualitative-research-and-evaluation-methods/book253185" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s41256-023-00340-z" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.sagepub.com/doi/full/10.1177/00207314221102290" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hdl.handle.net/10986/38233" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tandfonline.com/doi/full/10.1080/23288604.2020.1829316" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://documents.worldbank.org/en/publication/documents-reports/documentdetail/661551626115377643/resilient-health-systems-a-framework-for-action" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1002/9781119959847" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editorial.udv.edu.gt/index.php/RCMV/article/view/49" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.revtecnologia.sld.cu/index.php/tec/article/view/1303" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.lww.com/jhmonline/Fulltext/2022/01000/Optimal_Practices_in_Healthcare_Management__A.8.aspx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mckinsey.com/capabilities/strategy-and-corporate-finance/our-insights/strategic-resilience-during-the-covid-19-crisis" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crcpress.com/Healthcare-Data-Analytics-Second-Edition/Reddy-Aggarwal/p/book/9780367335011" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revtecnologia.sld.cu/index.php/tec/article/view/1895" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12913-024-10650-8" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S0168851017301613" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC4749765/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tandfonline.com/doi/full/10.1080/16549716.2020.1702684" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/heapol/article/37/6/789/6212366" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.sagepub.com/doi/10.1177/1049732320985246" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editorial.udv.edu.gt/index.php/RCMV/article/view/95" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/ijmr.12068" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S2352914822000241" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tandfonline.com/doi/full/10.1080/13645579.2021.1880450" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.revtecnologia.sld.cu/index.php/tec/article/view/2128" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revtecnologia.sld.cu/index.php/tec/article/view/1594/1191" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tandfonline.com/doi/full/10.1080/16549716.2017.1284004" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S0022103121000587" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.healthdata.org/news-release/future-global-health-building-resilient-health-systems" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iris.who.int/handle/10665/332441" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/jon.16387" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s41666-020-00055-2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mrcalderon@aol.com" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openknowledge.worldbank.org/entities/publication/ba3e856d-245f-55bf-a6fa-6361cb580c76" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editorial.udv.edu.gt/index.php/RCMV" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editorial.udv.edu.gt/index.php/RCMV" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6309,78 +31128,78 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>9457</Characters>
+  <Pages>31</Pages>
+  <Words>12094</Words>
+  <Characters>66521</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>241</Lines>
-  <Paragraphs>80</Paragraphs>
+  <Lines>554</Lines>
+  <Paragraphs>156</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10935</CharactersWithSpaces>
+  <CharactersWithSpaces>78459</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Miday Columbié Pileta de Morasen</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
-    <vt:lpwstr>d27600b12a29343ddd5160606448963af403909d5b19ff447cefaf47241a834a</vt:lpwstr>
+    <vt:lpwstr>147458af724d5464074a4a0e3c8abbed18edf1f8794d76f4050b81efb9c1772b</vt:lpwstr>
   </property>
 </Properties>
 </file>