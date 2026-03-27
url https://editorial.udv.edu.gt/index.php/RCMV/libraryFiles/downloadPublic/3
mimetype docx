--- v0 (2025-10-18)
+++ v1 (2026-03-27)
@@ -1,648 +1,736 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00D12D0B" w:rsidRPr="00B80CE8" w:rsidRDefault="00D12D0B" w:rsidP="00D12D0B">
+    <w:p w14:paraId="4BFB120F" w14:textId="77777777" w:rsidR="00D12D0B" w:rsidRPr="00B80CE8" w:rsidRDefault="00D12D0B" w:rsidP="00D12D0B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B80CE8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
           <w:bdr w:val="double" w:sz="4" w:space="0" w:color="002060"/>
           <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Artículo </w:t>
       </w:r>
-      <w:r w:rsidR="00533CF2">
+      <w:r w:rsidR="007C6856">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
           <w:bdr w:val="double" w:sz="4" w:space="0" w:color="002060"/>
           <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
         </w:rPr>
         <w:t>de Revisión</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D12D0B" w:rsidRPr="00600577" w:rsidRDefault="00D12D0B" w:rsidP="00D12D0B">
+    <w:p w14:paraId="79F0A1C9" w14:textId="77777777" w:rsidR="00D12D0B" w:rsidRPr="00600577" w:rsidRDefault="00D12D0B" w:rsidP="00D12D0B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00154E7B" w:rsidRDefault="00154E7B" w:rsidP="00154E7B">
+    <w:p w14:paraId="1F7BA225" w14:textId="77777777" w:rsidR="003958E6" w:rsidRPr="00567F90" w:rsidRDefault="000903E5" w:rsidP="003958E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D27988">
+      <w:r w:rsidRPr="00567F90">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Título </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D27988">
+      <w:r w:rsidRPr="00567F90">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(sin la palabra título, en español, letra </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D27988">
+      <w:r w:rsidRPr="00567F90">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>verdana</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D27988">
+      <w:r w:rsidRPr="00567F90">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00567F90">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D27988">
+      <w:r w:rsidRPr="00567F90">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, negrita)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E45269" w:rsidRPr="00D27988" w:rsidRDefault="00E45269" w:rsidP="00154E7B">
-[...12 lines deleted...]
-    <w:p w:rsidR="00154E7B" w:rsidRPr="00D27988" w:rsidRDefault="00154E7B" w:rsidP="00154E7B">
+    <w:p w14:paraId="65081E4F" w14:textId="77777777" w:rsidR="003958E6" w:rsidRPr="00567F90" w:rsidRDefault="003958E6" w:rsidP="003958E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003958E6" w:rsidRPr="00FC48D6" w:rsidRDefault="0010153B" w:rsidP="003958E6">
+    <w:p w14:paraId="037FB7BC" w14:textId="77777777" w:rsidR="003958E6" w:rsidRPr="00567F90" w:rsidRDefault="000903E5" w:rsidP="003958E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00567F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00567F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003958E6" w:rsidRPr="00567F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sin la palabra </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00567F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>title</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00567F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, en inglés, letra </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00567F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>verdana</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00567F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00567F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, negrita)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55B86483" w14:textId="77777777" w:rsidR="00D12D0B" w:rsidRPr="00600577" w:rsidRDefault="00D12D0B" w:rsidP="00D12D0B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DF4DECB" w14:textId="77777777" w:rsidR="003958E6" w:rsidRPr="00FC48D6" w:rsidRDefault="003958E6" w:rsidP="003958E6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007969AA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Autor</w:t>
       </w:r>
+      <w:r w:rsidR="004E2779">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007969AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003958E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Nombre</w:t>
+      </w:r>
+      <w:r w:rsidR="00E95EA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003958E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y Apellido</w:t>
+      </w:r>
+      <w:r w:rsidR="00E95EA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-Apellido</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003958E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003958E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003958E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nombre y </w:t>
+      </w:r>
+      <w:r w:rsidR="00E95EA9" w:rsidRPr="003958E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Apellido</w:t>
+      </w:r>
+      <w:r w:rsidR="00E95EA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-Apellido</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003958E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003958E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003958E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nombre y </w:t>
+      </w:r>
+      <w:r w:rsidR="00E95EA9" w:rsidRPr="003958E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Apellido</w:t>
+      </w:r>
+      <w:r w:rsidR="00E95EA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-Apellido</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003958E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003958E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003958E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nombre y </w:t>
+      </w:r>
+      <w:r w:rsidR="00E95EA9" w:rsidRPr="003958E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Apellido</w:t>
+      </w:r>
+      <w:r w:rsidR="00E95EA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-Apellido</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003958E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003958E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003958E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nombre y </w:t>
+      </w:r>
+      <w:r w:rsidR="00E95EA9" w:rsidRPr="003958E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Apellido</w:t>
+      </w:r>
+      <w:r w:rsidR="00E95EA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-Apellido</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003958E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003958E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003958E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nombre y </w:t>
+      </w:r>
+      <w:r w:rsidR="00E95EA9" w:rsidRPr="003958E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Apellido</w:t>
+      </w:r>
+      <w:r w:rsidR="00E95EA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-Apellido</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003958E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003958E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00924EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC48D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sólo en las iniciales de los nombres y apellidos. Mantener la palabra autor</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...18 lines deleted...]
-        <w:t>Nombre</w:t>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o autores</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC48D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC48D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Verdana</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC48D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> y Apellido</w:t>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, centrado. No más de </w:t>
+      </w:r>
+      <w:r w:rsidR="00E7592B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...268 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...80 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> autores.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003958E6" w:rsidRPr="007969AA" w:rsidRDefault="003958E6" w:rsidP="003958E6">
+    <w:p w14:paraId="5613C61F" w14:textId="77777777" w:rsidR="003958E6" w:rsidRPr="007969AA" w:rsidRDefault="003958E6" w:rsidP="003958E6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003958E6" w:rsidRPr="007969AA" w:rsidRDefault="003958E6" w:rsidP="003958E6">
+    <w:p w14:paraId="4FA46BD4" w14:textId="77777777" w:rsidR="003958E6" w:rsidRPr="007969AA" w:rsidRDefault="003958E6" w:rsidP="003958E6">
       <w:pPr>
         <w:pStyle w:val="authorinfo"/>
         <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-VE" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -685,90 +773,108 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
         <w:t>do</w:t>
       </w:r>
       <w:r w:rsidRPr="007969AA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00941EE8" w:rsidRPr="00941EE8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve">Institución en la que trabaja.  </w:t>
       </w:r>
-      <w:r w:rsidR="00F444DB">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ciudad (donde se ubica la institución), País (donde se ubica la institución). </w:t>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:t xml:space="preserve">País. </w:t>
+      </w:r>
       <w:r w:rsidRPr="007969AA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Correo electrónico: </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="0071440C">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="es-VE"/>
           </w:rPr>
           <w:t>xxxxx@xxxx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007969AA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Código Orcid: </w:t>
+        <w:t xml:space="preserve"> Código </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007969AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="es-VE"/>
+        </w:rPr>
+        <w:t>Orcid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007969AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="0071440C">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="es-VE"/>
           </w:rPr>
           <w:t>http://orcid.org/xxxxx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007969AA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00924EFF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
@@ -843,72 +949,94 @@
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00924EFF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>electrónico</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00924EFF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> y Código Orcid. Verdana 08, </w:t>
+        <w:t xml:space="preserve"> y Código </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00924EFF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>justificado</w:t>
+        <w:t>Orcid</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00924EFF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
+        <w:t xml:space="preserve">. Verdana 08, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00924EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>justificado</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00924EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00941EE8" w:rsidRPr="00941EE8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00941EE8" w:rsidRPr="00941EE8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Los </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00941EE8" w:rsidRPr="00941EE8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>autores</w:t>
@@ -1023,51 +1151,51 @@
         </w:rPr>
         <w:t>participación</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00941EE8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00924EFF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E41A19" w:rsidRPr="00600577" w:rsidRDefault="003958E6" w:rsidP="00E41A19">
+    <w:p w14:paraId="71C97250" w14:textId="77777777" w:rsidR="00E41A19" w:rsidRPr="00600577" w:rsidRDefault="003958E6" w:rsidP="00E41A19">
       <w:pPr>
         <w:pStyle w:val="authorinfo"/>
         <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-VE" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="es-VE" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00E41A19" w:rsidRPr="00600577">
@@ -1147,51 +1275,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> Código Orcid: </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00E41A19" w:rsidRPr="00600577">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="es-VE"/>
           </w:rPr>
           <w:t>http://orcid.org/0000-0003-3812-4239</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E41A19" w:rsidRPr="00600577">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E41A19" w:rsidRPr="00600577" w:rsidRDefault="003958E6" w:rsidP="00E41A19">
+    <w:p w14:paraId="58336025" w14:textId="77777777" w:rsidR="00E41A19" w:rsidRPr="00600577" w:rsidRDefault="003958E6" w:rsidP="00E41A19">
       <w:pPr>
         <w:pStyle w:val="authorinfo"/>
         <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-VE" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="es-VE" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00E41A19" w:rsidRPr="00600577">
@@ -1240,51 +1368,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Código Orcid: </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00E41A19" w:rsidRPr="00600577">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="es-VE"/>
           </w:rPr>
           <w:t>http://orcid.org/0000-0003-3812-4559</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E41A19" w:rsidRPr="00600577">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E41A19" w:rsidRPr="00600577" w:rsidRDefault="003958E6" w:rsidP="00E41A19">
+    <w:p w14:paraId="45FC59A9" w14:textId="77777777" w:rsidR="00E41A19" w:rsidRPr="00600577" w:rsidRDefault="003958E6" w:rsidP="00E41A19">
       <w:pPr>
         <w:pStyle w:val="authorinfo"/>
         <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-VE" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="es-VE" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00E41A19" w:rsidRPr="00600577">
@@ -1364,51 +1492,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> Código Orcid: </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="00E41A19" w:rsidRPr="00600577">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="es-VE"/>
           </w:rPr>
           <w:t>http://orcid.org/0000-0003-3812-4239</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E41A19" w:rsidRPr="00600577">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E41A19" w:rsidRPr="00600577" w:rsidRDefault="003958E6" w:rsidP="00E41A19">
+    <w:p w14:paraId="7D0889A6" w14:textId="77777777" w:rsidR="00E41A19" w:rsidRPr="00600577" w:rsidRDefault="003958E6" w:rsidP="00E41A19">
       <w:pPr>
         <w:pStyle w:val="authorinfo"/>
         <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-VE" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="es-VE" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00E41A19" w:rsidRPr="00600577">
@@ -1457,424 +1585,409 @@
         </w:rPr>
         <w:t xml:space="preserve">Código Orcid: </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="00E41A19" w:rsidRPr="00600577">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="es-VE"/>
           </w:rPr>
           <w:t>http://orcid.org/0000-0003-3812-4559</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E41A19" w:rsidRPr="00600577">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E41A19" w:rsidRPr="00600577" w:rsidRDefault="00E41A19" w:rsidP="00D12D0B">
+    <w:p w14:paraId="4B959CAA" w14:textId="77777777" w:rsidR="00E41A19" w:rsidRPr="00600577" w:rsidRDefault="00E41A19" w:rsidP="00D12D0B">
       <w:pPr>
         <w:pStyle w:val="authorinfo"/>
         <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-VE" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E41A19" w:rsidRDefault="00E41A19" w:rsidP="00D12D0B">
+    <w:p w14:paraId="45A80D3C" w14:textId="77777777" w:rsidR="00E41A19" w:rsidRDefault="00E41A19" w:rsidP="00D12D0B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="00E41A19" w:rsidSect="00E73F25">
-          <w:headerReference w:type="default" r:id="rId15"/>
-          <w:footerReference w:type="default" r:id="rId16"/>
+          <w:headerReference w:type="even" r:id="rId15"/>
+          <w:headerReference w:type="default" r:id="rId16"/>
+          <w:footerReference w:type="even" r:id="rId17"/>
+          <w:footerReference w:type="default" r:id="rId18"/>
+          <w:headerReference w:type="first" r:id="rId19"/>
+          <w:footerReference w:type="first" r:id="rId20"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00983973" w:rsidRDefault="00E41A19" w:rsidP="00E41A19">
+    <w:p w14:paraId="5B108AB7" w14:textId="77777777" w:rsidR="00E41A19" w:rsidRDefault="00E41A19" w:rsidP="00E41A19">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E41A19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0">
-                <wp:extent cx="1381125" cy="1295400"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5F33E540" wp14:editId="64EEB32C">
+                <wp:extent cx="2257425" cy="2095500"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                 <wp:docPr id="3" name="Cuadro de texto 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1381125" cy="1295400"/>
+                          <a:ext cx="2257425" cy="2095500"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00E41A19" w:rsidRDefault="00B857DF" w:rsidP="001F687F">
+                          <w:p w14:paraId="74F2B002" w14:textId="77777777" w:rsidR="00E41A19" w:rsidRDefault="00E41A19" w:rsidP="001F687F">
                             <w:pPr>
                               <w:jc w:val="both"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:noProof/>
                               </w:rPr>
                               <w:drawing>
-                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="146F6DA4" wp14:editId="11CDFB7B">
-                                  <wp:extent cx="1219200" cy="1168789"/>
+                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="336EC359" wp14:editId="3B48F68A">
+                                  <wp:extent cx="2000250" cy="2102304"/>
                                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                                  <wp:docPr id="5" name="Imagen 5"/>
+                                  <wp:docPr id="4" name="Imagen 4" descr="Portada-Dr-Chavez | Universidad Da Vinci de Guatemala | Educación que  transforma"/>
                                   <wp:cNvGraphicFramePr>
                                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                                   </wp:cNvGraphicFramePr>
                                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                         <pic:nvPicPr>
-                                          <pic:cNvPr id="0" name="Picture 1"/>
+                                          <pic:cNvPr id="0" name="Picture 1" descr="Portada-Dr-Chavez | Universidad Da Vinci de Guatemala | Educación que  transforma"/>
                                           <pic:cNvPicPr>
                                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                           </pic:cNvPicPr>
                                         </pic:nvPicPr>
                                         <pic:blipFill>
-                                          <a:blip r:embed="rId17">
+                                          <a:blip r:embed="rId21">
                                             <a:extLst>
                                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                               </a:ext>
                                             </a:extLst>
                                           </a:blip>
                                           <a:srcRect/>
                                           <a:stretch>
                                             <a:fillRect/>
                                           </a:stretch>
                                         </pic:blipFill>
                                         <pic:spPr bwMode="auto">
                                           <a:xfrm>
                                             <a:off x="0" y="0"/>
-                                            <a:ext cx="1239757" cy="1188496"/>
+                                            <a:ext cx="2046185" cy="2150582"/>
                                           </a:xfrm>
                                           <a:prstGeom prst="rect">
                                             <a:avLst/>
                                           </a:prstGeom>
                                           <a:noFill/>
                                           <a:ln>
                                             <a:noFill/>
                                           </a:ln>
                                         </pic:spPr>
                                       </pic:pic>
                                     </a:graphicData>
                                   </a:graphic>
                                 </wp:inline>
                               </w:drawing>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="5F33E540" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Cuadro de texto 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:108.75pt;height:102pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBlH5I5JAIAACMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N75s0iZWnNU221SV&#10;thdp2w/AgGNUYFwgsdOv74Cz2Wj7VtUPiDEzhzNnDuvb0WhylM4rsDUtZjkl0nIQyu5r+uP77s2S&#10;Eh+YFUyDlTU9SU9vN69frYe+kiV0oIV0BEGsr4a+pl0IfZVlnnfSMD+DXlo8bMEZFjB0+0w4NiC6&#10;0VmZ52+zAZzoHXDpPf69nw7pJuG3reTha9t6GYiuKXILaXVpbeKabdas2jvWd4qfabB/YGGYsnjp&#10;BeqeBUYOTv0FZRR34KENMw4mg7ZVXKYesJsif9HNY8d6mXpBcXx/kcn/P1j+5fjNESVqekOJZQZH&#10;tD0w4YAISYIcA5AyijT0vsLcxx6zw/geRhx2atj3D8B/emJh2zG7l3fOwdBJJpBkESuzq9IJx0eQ&#10;ZvgMAm9jhwAJaGydiQqiJgTRcViny4CQB+HxyptlUZQLSjieFeVqMc/TCDNWPZX3zoePEgyJm5o6&#10;dECCZ8cHHyIdVj2lxNs8aCV2SusUuH2z1Y4cGbpll77UwYs0bclQ09UCicQqC7E+GcmogG7WytR0&#10;mcdv8leU44MVKSUwpac9MtH2rE+UZBInjM2IiVG0BsQJlXIwuRZfGW46cL8pGdCxNfW/DsxJSvQn&#10;i2qvivk8WjwF88W7EgN3fdJcnzDLEaqmgZJpuw3pWUwd3eFUWpX0emZy5opOTDKeX020+nWcsp7f&#10;9uYPAAAA//8DAFBLAwQUAAYACAAAACEAqY4ustsAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wU7DQAxE70j8w8pIXBDdtGobmmZTARKIa0s/wMm6SUTWG2W3Tfr3GC5wscYaa+Y5302uUxcaQuvZ&#10;wHyWgCKuvG25NnD8fHt8AhUissXOMxm4UoBdcXuTY2b9yHu6HGKtJIRDhgaaGPtM61A15DDMfE8s&#10;3skPDqOsQ63tgKOEu04vkmStHbYsDQ329NpQ9XU4OwOnj/FhtRnL93hM98v1C7Zp6a/G3N9Nz1tQ&#10;kab4dww/+IIOhTCV/sw2qM6APBJ/p3iLeboCVYpIlgnoItf/6YtvAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAGUfkjkkAgAAIwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAKmOLrLbAAAABQEAAA8AAAAAAAAAAAAAAAAAfgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" stroked="f">
+              <v:shape id="Cuadro de texto 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:177.75pt;height:165pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCW6v8mJAIAACMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3bcpLux4qy22aaq&#10;tL1I234ABhyjAkOBxN5+fQeczUbbt6p+QIyZOZw5c1jfjEaTo/RBgW3ofFZSIi0Hoey+oT++795c&#10;UxIis4JpsLKhjzLQm83rV+vB1bKCHrSQniCIDfXgGtrH6OqiCLyXhoUZOGnxsANvWMTQ7wvh2YDo&#10;RhdVWb4rBvDCeeAyBPx7Nx3STcbvOsnj164LMhLdUOQW8+rz2qa12KxZvffM9YqfaLB/YGGYsnjp&#10;GeqORUYOXv0FZRT3EKCLMw6mgK5TXOYesJt5+aKbh545mXtBcYI7yxT+Hyz/cvzmiRINfUuJZQZH&#10;tD0w4YEISaIcI5AqiTS4UGPug8PsOL6HEYedGw7uHvjPQCxse2b38tZ7GHrJBJKcp8rionTCCQmk&#10;HT6DwNvYIUIGGjtvkoKoCUF0HNbjeUDIg3D8WVXLq0W1pITjWVWulssyj7Bg9VO58yF+lGBI2jTU&#10;owMyPDveh5josPopJd0WQCuxU1rnwO/brfbkyNAtu/zlDl6kaUuGhq6WSCRVWUj12UhGRXSzVqah&#10;12X6Jn8lOT5YkVMiU3raIxNtT/okSSZx4tiOmJhEa0E8olIeJtfiK8NND/43JQM6tqHh14F5SYn+&#10;ZFHt1XyxSBbPwWJ5VWHgL0/ayxNmOUI1NFIybbcxP4upo1ucSqeyXs9MTlzRiVnG06tJVr+Mc9bz&#10;2978AQAA//8DAFBLAwQUAAYACAAAACEAalWeqdsAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wU7DQAxE70j8w8pIXBDdQElL02wqQAJxbekHOFk3ich6o+y2Sf8ew4VerLHGmnnON5Pr1ImG0Ho2&#10;8DBLQBFX3rZcG9h/vd8/gwoR2WLnmQycKcCmuL7KMbN+5C2ddrFWEsIhQwNNjH2mdagachhmvicW&#10;7+AHh1HWodZ2wFHCXacfk2ShHbYsDQ329NZQ9b07OgOHz/EuXY3lR9wvt0+LV2yXpT8bc3szvaxB&#10;RZri/zH84gs6FMJU+iPboDoD8kj8m+LN0zQFVYqYJwnoIteX9MUPAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAJbq/yYkAgAAIwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAGpVnqnbAAAABQEAAA8AAAAAAAAAAAAAAAAAfgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00E41A19" w:rsidRDefault="00B857DF" w:rsidP="001F687F">
+                    <w:p w14:paraId="74F2B002" w14:textId="77777777" w:rsidR="00E41A19" w:rsidRDefault="00E41A19" w:rsidP="001F687F">
                       <w:pPr>
                         <w:jc w:val="both"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:noProof/>
                         </w:rPr>
                         <w:drawing>
-                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="146F6DA4" wp14:editId="11CDFB7B">
-                            <wp:extent cx="1219200" cy="1168789"/>
+                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="336EC359" wp14:editId="3B48F68A">
+                            <wp:extent cx="2000250" cy="2102304"/>
                             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                            <wp:docPr id="5" name="Imagen 5"/>
+                            <wp:docPr id="4" name="Imagen 4" descr="Portada-Dr-Chavez | Universidad Da Vinci de Guatemala | Educación que  transforma"/>
                             <wp:cNvGraphicFramePr>
                               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                             </wp:cNvGraphicFramePr>
                             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                   <pic:nvPicPr>
-                                    <pic:cNvPr id="0" name="Picture 1"/>
+                                    <pic:cNvPr id="0" name="Picture 1" descr="Portada-Dr-Chavez | Universidad Da Vinci de Guatemala | Educación que  transforma"/>
                                     <pic:cNvPicPr>
                                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                     </pic:cNvPicPr>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
-                                    <a:blip r:embed="rId18">
+                                    <a:blip r:embed="rId21">
                                       <a:extLst>
                                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                         </a:ext>
                                       </a:extLst>
                                     </a:blip>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr bwMode="auto">
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
-                                      <a:ext cx="1239757" cy="1188496"/>
+                                      <a:ext cx="2046185" cy="2150582"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect">
                                       <a:avLst/>
                                     </a:prstGeom>
                                     <a:noFill/>
                                     <a:ln>
                                       <a:noFill/>
                                     </a:ln>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00E41A19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00533CF2" w:rsidRDefault="00533CF2" w:rsidP="003958E6">
+    <w:p w14:paraId="24A6791B" w14:textId="77777777" w:rsidR="003958E6" w:rsidRPr="00FC48D6" w:rsidRDefault="003958E6" w:rsidP="003958E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00533CF2" w:rsidSect="00E41A19">
-[...8 lines deleted...]
-    <w:p w:rsidR="003958E6" w:rsidRPr="00FC48D6" w:rsidRDefault="003958E6" w:rsidP="003958E6">
+      </w:pPr>
+      <w:r w:rsidRPr="00FC48D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>IMAGEN REPRESENTATIVA DEL TEMA QUE DESEA TRATAR. SI ES TOMADA DE INTERNET, DEBE PONER LA FUENTE.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk117250686"/>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="2180C67E" w14:textId="77777777" w:rsidR="001F687F" w:rsidRDefault="001F687F" w:rsidP="00E41A19">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...16 lines deleted...]
-        <w:t>IMAGEN REPRESENTATIVA DEL TEMA QUE DESEA TRATAR. SI ES TOMADA DE INTERNET, DEBE PONER LA FUENTE.</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="644BA6C3" w14:textId="77777777" w:rsidR="00335CC8" w:rsidRPr="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00335CC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">RESUMEN </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00335CC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(EN NEGRITA, MAYÚSCULA SOSTENIDA, ALINEADOS A LA IZQUIERDA Y EN VERDANA 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="16"/>
-[...28 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
       <w:r w:rsidRPr="00335CC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4549829F" w14:textId="77777777" w:rsidR="00261A10" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00335CC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-          <w:b/>
-[...41 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Seguidamente incluirá el texto del resumen en español y en inglés, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00261A10">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Verdana</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00261A10">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10, justificado. </w:t>
       </w:r>
       <w:r w:rsidRPr="00335CC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
@@ -1956,101 +2069,101 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> y </w:t>
       </w:r>
       <w:r w:rsidRPr="00335CC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>conclusiones</w:t>
       </w:r>
       <w:r w:rsidRPr="00335CC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00335CC8" w:rsidRPr="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+    <w:p w14:paraId="3024EA4D" w14:textId="77777777" w:rsidR="00335CC8" w:rsidRPr="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00335CC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>No incluir referencias</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00335CC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ni ecuaciones</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, ni abreviaturas ni siglas</w:t>
       </w:r>
       <w:r w:rsidRPr="00335CC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. Esta estructura es obligatoria para los artículos originales cuantitativos que deben cumplir con el formato IMRYD. El nombre de cada uno de los apartados va en negrita. Después de los dos puntos, escribir con minúscula. Ejemplo: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00335CC8" w:rsidRPr="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+    <w:p w14:paraId="133D4BF7" w14:textId="77777777" w:rsidR="00335CC8" w:rsidRPr="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00335CC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Introducción</w:t>
       </w:r>
       <w:r w:rsidRPr="00335CC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: aquí unas dos o tres líneas que introduzcan en el tema. </w:t>
       </w:r>
@@ -2112,51 +2225,51 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00335CC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Conclusiones</w:t>
       </w:r>
       <w:r w:rsidRPr="00335CC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>: un análisis sintético que dé salida al objetivo planteado.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00335CC8" w:rsidRPr="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+    <w:p w14:paraId="3197FADA" w14:textId="77777777" w:rsidR="00335CC8" w:rsidRPr="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00335CC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Palabras clave</w:t>
       </w:r>
       <w:r w:rsidRPr="00335CC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
@@ -2168,139 +2281,138 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">entre 3 y 5 palabras clave, separadas por coma y sin punto final. Estilo </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00335CC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Verdana</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00335CC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10, justificada</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00335CC8" w:rsidRPr="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+    <w:p w14:paraId="2E7F58E9" w14:textId="77777777" w:rsidR="00335CC8" w:rsidRPr="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00703E7F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ABSTRACT </w:t>
       </w:r>
       <w:r w:rsidRPr="00335CC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(EN NEGRITA, MAYÚSCULA SOSTENIDA, ALINEADOS A LA IZQUIERDA Y EN VERDANA 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00335CC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00335CC8" w:rsidRPr="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+    <w:p w14:paraId="6682A2B5" w14:textId="77777777" w:rsidR="00335CC8" w:rsidRPr="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00335CC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Resumen en inglés. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00335CC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Verdana</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00335CC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10, justificado</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00335CC8" w:rsidRPr="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+    <w:p w14:paraId="3CA8DF35" w14:textId="77777777" w:rsidR="00335CC8" w:rsidRPr="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00703E7F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Key </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00703E7F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -2312,1079 +2424,666 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: palabras claves en inglés. Estilo </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00335CC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Verdana</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00335CC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10, y justificada</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00335CC8" w:rsidRPr="00703E7F" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+    <w:p w14:paraId="3587CBD9" w14:textId="77777777" w:rsidR="00335CC8" w:rsidRPr="00703E7F" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00703E7F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">INTRODUCCIÓN </w:t>
       </w:r>
       <w:r w:rsidRPr="00703E7F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(EN NEGRITA, MAYÚSCULA SOSTENIDA, ALINEADOS A LA IZQUIERDA Y EN VERDANA 1</w:t>
       </w:r>
       <w:r w:rsidR="00703E7F" w:rsidRPr="00703E7F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00703E7F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00017CF0" w:rsidRPr="00017CF0" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+    <w:p w14:paraId="35A40445" w14:textId="77777777" w:rsidR="00017CF0" w:rsidRPr="00017CF0" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017CF0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Todo el texto es en </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00017CF0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Verdana</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00017CF0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10, justificado. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+    <w:p w14:paraId="7044ACFF" w14:textId="77777777" w:rsidR="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00335CC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">La introducción debe constituir una presentación del tema y los objetivos trazados, en 1 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00335CC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ó</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00335CC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 cuartillas.  Esta es una guía que proporciona información sobre los estándares de presentación de trabajos establecidos por el Comité Científico y que busca ayudar al autor en la elaboración de la ponencia. Se sugiere no emplear oraciones demasiado largas, que pueden dificultar la comprensión del texto por el lector. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00703E7F" w:rsidRPr="00335CC8" w:rsidRDefault="00703E7F" w:rsidP="00335CC8">
+    <w:p w14:paraId="15AD9BFD" w14:textId="77777777" w:rsidR="00703E7F" w:rsidRPr="00335CC8" w:rsidRDefault="00703E7F" w:rsidP="00335CC8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Se recomienda en todo el documento, hacer uso adecuado de la redacción, la gramática y la ortografía. Recordar no incluir el lenguaje común ni personal. Se trata de un texto científico, con lenguaje universal y redacción de forma impersonal.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00335CC8" w:rsidRPr="00703E7F" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+    <w:p w14:paraId="4045FB5F" w14:textId="77777777" w:rsidR="00335CC8" w:rsidRPr="00703E7F" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00703E7F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">MÉTODO </w:t>
       </w:r>
-      <w:r w:rsidR="00857A87" w:rsidRPr="00857A87">
-[...15 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00703E7F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(EN NEGRITA, MAYÚSCULA SOSTENIDA, ALINEADOS A LA IZQUIERDA Y EN VERDANA 1</w:t>
       </w:r>
       <w:r w:rsidR="00703E7F" w:rsidRPr="00703E7F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00703E7F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00857A87" w:rsidRPr="00857A87" w:rsidRDefault="00857A87" w:rsidP="00857A87">
-[...225 lines deleted...]
-    <w:p w:rsidR="00335CC8" w:rsidRPr="00703E7F" w:rsidRDefault="005E1095" w:rsidP="00335CC8">
+    <w:p w14:paraId="57C949C5" w14:textId="77777777" w:rsidR="005E1095" w:rsidRPr="00D957C4" w:rsidRDefault="005E1095" w:rsidP="005E1095">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D957C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Revisar bien las directrices.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="601FF7BC" w14:textId="77777777" w:rsidR="00335CC8" w:rsidRPr="00703E7F" w:rsidRDefault="005E1095" w:rsidP="00335CC8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0044243E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Debe explicar el diseño de la búsqueda utilizada para la revisión (qué descriptores empleó; las estrategias de búsqueda empleadas; las bases de datos, repositorios, sitios, donde realizó la búsqueda). Además, deberá declarar los resultados encontrados, la pertinencia de las fuentes, los criterios para la selección de dichas fuentes, y los métodos empleados de manera general para realizar el estudio.</w:t>
+        <w:t xml:space="preserve">Debe explicar el diseño de la búsqueda utilizada para la revisión (qué descriptores empleó; las estrategias de búsqueda empleadas; las bases de datos, repositorios, sitios, donde realizó la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044243E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>búsqueda). Además, deberá declarar los resultados encontrados, la pertinencia de las fuentes, los criterios para la selección de dichas fuentes, y los métodos empleados de manera general para realizar el estudio.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00335CC8" w:rsidRPr="00703E7F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Verdana</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00335CC8" w:rsidRPr="00703E7F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10, justificado.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00335CC8" w:rsidRPr="00703E7F" w:rsidRDefault="005E1095" w:rsidP="00335CC8">
+    <w:p w14:paraId="456FDA16" w14:textId="77777777" w:rsidR="00335CC8" w:rsidRPr="00703E7F" w:rsidRDefault="005E1095" w:rsidP="00335CC8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>ANÁLISIS E INTEGRACIÓN DE LA INFORMACIÓN</w:t>
       </w:r>
-      <w:r w:rsidR="003E62A0">
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+      <w:r w:rsidR="00335CC8" w:rsidRPr="00703E7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (EN NEGRITA, MAYÚSCULA SOSTENIDA, ALINEADOS A LA IZQUIERDA Y EN VERDANA 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00703E7F" w:rsidRPr="00703E7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00335CC8" w:rsidRPr="00703E7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00335CC8" w:rsidRPr="00703E7F">
-[...9 lines deleted...]
-      <w:r w:rsidR="00703E7F" w:rsidRPr="00703E7F">
+    </w:p>
+    <w:p w14:paraId="6F0E6252" w14:textId="77777777" w:rsidR="005E1095" w:rsidRDefault="005E1095" w:rsidP="005E1095">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Debe establecerse un fundamento sistemático entre ellos, que permita señalar las congruencias y(o), contradicciones de la literatura (no mera relación de citas o de resúmenes). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Verdana</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10, justificado</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15DEC5F3" w14:textId="77777777" w:rsidR="005E1095" w:rsidRDefault="005E1095" w:rsidP="005E1095">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E5CACF5" w14:textId="77777777" w:rsidR="005E1095" w:rsidRDefault="005E1095" w:rsidP="005E1095">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Conclusiones. Van al final de este acápite y se expresa con coherencia entre los objetivos, diseño del estudio y los resultados del análisis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6463F6E3" w14:textId="77777777" w:rsidR="00335CC8" w:rsidRPr="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00703E7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Verdana</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00703E7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10, justificado.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A035208" w14:textId="77777777" w:rsidR="00335CC8" w:rsidRPr="00017CF0" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00017CF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>FINANCIACIÓN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C6EE881" w14:textId="77777777" w:rsidR="00335CC8" w:rsidRPr="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00335CC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Declarar si existe o no. Ejemplo:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65DA7068" w14:textId="77777777" w:rsidR="00335CC8" w:rsidRPr="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00335CC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>No se recibió financiación para el desarrollo del presente estudio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="081733EE" w14:textId="77777777" w:rsidR="00335CC8" w:rsidRPr="00017CF0" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00017CF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>CONFLICTOS DE INTERESES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D2FE562" w14:textId="77777777" w:rsidR="00335CC8" w:rsidRPr="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00335CC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Declarar si existe o no. Ejemplo:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="317FDC16" w14:textId="77777777" w:rsidR="00335CC8" w:rsidRPr="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00335CC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>No se declaran conflictos de intereses.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="112AF8A9" w14:textId="77777777" w:rsidR="00335CC8" w:rsidRPr="00017CF0" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00017CF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">REFERENCIAS BIBLIOGRÁFICAS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00017CF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(EN NEGRITA, MAYÚSCULA SOSTENIDA, ALINEADOS A LA IZQUIERDA Y EN VERDANA 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00017CF0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="00335CC8" w:rsidRPr="00703E7F">
+      <w:r w:rsidRPr="00017CF0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003E62A0" w:rsidRPr="003E62A0" w:rsidRDefault="003E62A0" w:rsidP="003E62A0">
-[...154 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w14:paraId="38921581" w14:textId="77777777" w:rsidR="00335CC8" w:rsidRPr="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00335CC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Las referencias bibliográficas se colocarán en un listado numerado, según el orden en que fueron citados la primera vez, utiliza el estilo Vancouver. Todas las publicaciones citadas deberán ser incluidas en una lista de referencias bibliográficas que se colocan al final del documento en una lista numerada. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="005E1095" w:rsidRPr="003E62A0">
+      <w:r w:rsidRPr="00017CF0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Verdana</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="005E1095" w:rsidRPr="003E62A0">
-[...76 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00017CF0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-          <w:b/>
-[...211 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10, justificado.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00335CC8" w:rsidRPr="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+    <w:p w14:paraId="574FD2D9" w14:textId="77777777" w:rsidR="00335CC8" w:rsidRPr="00335CC8" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00335CC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00335CC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> Aguilar Jiménez JR. La Facultad de Ciencias de la Salud de la Universidad de Santander frente al reto en Ciencia, Tecnología e Innovación. </w:t>
       </w:r>
@@ -3421,51 +3120,51 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00335CC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Cienc</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00335CC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Salud UDES. 2014;1(2):85-6.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
+    <w:p w14:paraId="2C58B8A2" w14:textId="77777777" w:rsidR="00F515E2" w:rsidRDefault="00335CC8" w:rsidP="00335CC8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00335CC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00335CC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Álvarez Blanco AS, Cabrera Cruz N, Toledo Fernández AM, Arteaga García A. El sistema de ciencia e innovación tecnológica en salud y su universalización a todo el sistema nacional de salud. Educación Médica Superior [Internet]. 2009 [</w:t>
       </w:r>
@@ -3502,1921 +3201,3544 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00335CC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>from</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00335CC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>: http://scielo.sld.cu/scielo.php?script=sci_arttext&amp;pid=S0864-21412009000100009&amp;nrm=iso.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC05A0" w:rsidRDefault="00EC05A0" w:rsidP="00335CC8">
-[...9 lines deleted...]
-    <w:p w:rsidR="00EC05A0" w:rsidRPr="00371287" w:rsidRDefault="00EC05A0" w:rsidP="00EC05A0">
+    <w:p w14:paraId="62AFE49C" w14:textId="77777777" w:rsidR="00371287" w:rsidRDefault="00371287" w:rsidP="00335CC8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10E212A3" w14:textId="77777777" w:rsidR="00371287" w:rsidRPr="00371287" w:rsidRDefault="00371287" w:rsidP="00335CC8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00371287">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>AGRADECIMIENTOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC05A0" w:rsidRPr="00335CC8" w:rsidRDefault="00EC05A0" w:rsidP="00335CC8">
-[...7 lines deleted...]
-        <w:sectPr w:rsidR="00EC05A0" w:rsidRPr="00335CC8" w:rsidSect="00533CF2">
+    <w:p w14:paraId="4BF1A226" w14:textId="77777777" w:rsidR="00371287" w:rsidRDefault="00371287" w:rsidP="00335CC8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FE668B8" w14:textId="77777777" w:rsidR="00371287" w:rsidRPr="00335CC8" w:rsidRDefault="00371287" w:rsidP="00335CC8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00371287" w:rsidRPr="00335CC8" w:rsidSect="004A0032">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w14:paraId="154C1750" w14:textId="77777777" w:rsidR="00F515E2" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
       <w:pPr>
         <w:pStyle w:val="Encabezado"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00533CF2" w:rsidRDefault="00533CF2" w:rsidP="00F515E2">
+    <w:p w14:paraId="232721F2" w14:textId="77777777" w:rsidR="00F515E2" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
       <w:pPr>
         <w:pStyle w:val="Encabezado"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00533CF2" w:rsidSect="00533CF2">
-[...13 lines deleted...]
-        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00586919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t>CARTA DE AUTORIZACIÓN PARA PUBLICACIÓN Y DISTRIBUCIÓN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F4DF823" w14:textId="77777777" w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+      <w:pPr>
+        <w:pStyle w:val="Encabezado"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="es-ES"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D352B88" w14:textId="77777777" w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00586919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Al comité editorial de la Revista </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ciencias Médicas y Vida</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w14:paraId="5BD3F1EC" w14:textId="77777777" w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w14:paraId="6CF4CBB0" w14:textId="77777777" w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00586919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Título del artículo:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w14:paraId="063720CB" w14:textId="77777777" w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00586919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w14:paraId="0BF1B6FC" w14:textId="77777777" w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00586919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w14:paraId="53058D9B" w14:textId="77777777" w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w14:paraId="171645A8" w14:textId="77777777" w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00586919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre del (de los) autor(es): </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w14:paraId="4C7B0969" w14:textId="77777777" w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00586919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w14:paraId="2724D0A5" w14:textId="77777777" w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00586919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w14:paraId="4A651911" w14:textId="77777777" w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00586919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w14:paraId="237F73D3" w14:textId="77777777" w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00586919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w14:paraId="6B8B268A" w14:textId="77777777" w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00586919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w14:paraId="54526183" w14:textId="77777777" w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w14:paraId="7773AF49" w14:textId="77777777" w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00586919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Los autores del presente trabajo se comprometen a cumplir las siguientes normas:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w14:paraId="2C187569" w14:textId="77777777" w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w14:paraId="295D01AB" w14:textId="77777777" w:rsidR="00B75809" w:rsidRPr="00586919" w:rsidRDefault="00B75809" w:rsidP="00B75809">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00586919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Todos los autores mencionados participaron del artículo científico y se responsabilizan por este. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+        <w:t>Todos los autores mencionados participaron del artículo científico</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> revisaron la versión final del trabajo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se responsabilizan por este</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009666F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">y aprobaron la publicación en la Revista </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ciencias Médicas y Vida</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7015BD55" w14:textId="77777777" w:rsidR="00B75809" w:rsidRPr="00586919" w:rsidRDefault="00B75809" w:rsidP="00B75809">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w14:paraId="0D0D5946" w14:textId="77777777" w:rsidR="00B75809" w:rsidRPr="00586919" w:rsidRDefault="00B75809" w:rsidP="00B75809">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00586919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Todos los autores revisaron la versión final del trabajo y aprobaron la publicación en la Revista </w:t>
+        <w:t>Este trabajo, u otro semejante en contenido, no ha sido publicado en otra revista ni como parte de un libro, ni está sometido a revisión en otro espacio editorial</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Ciencias Médicas y Vida</w:t>
+        <w:t>, por lo que es original e inédito</w:t>
       </w:r>
       <w:r w:rsidRPr="00586919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w14:paraId="54267B6A" w14:textId="77777777" w:rsidR="00B75809" w:rsidRPr="00586919" w:rsidRDefault="00B75809" w:rsidP="00B75809">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w14:paraId="6359790F" w14:textId="77777777" w:rsidR="00B75809" w:rsidRDefault="00B75809" w:rsidP="00B75809">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00586919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Este trabajo, u otro semejante en contenido, no ha sido publicado en otra revista ni como parte de un libro, ni está sometido a revisión en otro espacio editorial</w:t>
+        <w:t xml:space="preserve">De acuerdo con la Licencia por la que se rige la revista (Licencia </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Creative</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Commons</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Atribución-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>NoComercial</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>CompartirIgual</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4.0 Internacional</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>, por lo que es original e inédito</w:t>
+        <w:t>),</w:t>
       </w:r>
       <w:r w:rsidRPr="00586919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+        <w:t xml:space="preserve"> los autores conservarán todos los derechos sobre la obra siempre y cuando se cite la fuente primaria de publicación (RC</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>MV</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) y no se use con fines comerciales. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A860F56" w14:textId="77777777" w:rsidR="00B75809" w:rsidRPr="003C0432" w:rsidRDefault="00B75809" w:rsidP="00B75809">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w14:paraId="04073CC0" w14:textId="77777777" w:rsidR="00B75809" w:rsidRDefault="00B75809" w:rsidP="00B75809">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00586919">
-[...78 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>),</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> los autores conservarán todos los derechos sobre la obra siempre y cuando se cite la fuente primaria de publicación (RC</w:t>
+        <w:t>Por lo tanto, d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0432">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>e manera libre, voluntaria y a título gratuito, cedo (cedemos) mis (nuestros) derechos a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>MV</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="00F515E2" w:rsidRPr="003C0432" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D22C6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Revista </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D22C6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ciencias Médicas y </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D22C6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Vida</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D22C6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>para que reproduzca, edite, publique, distribuya y ponga a disposición a través de intranets, internet</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, impresión o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D22C6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CD dicha obra, sin limitación alguna de forma o tiempo y con la obligación expresa de respetar y mencionar el crédito que me (nos) corresponde en cualquier utilización que se haga de la misma. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24B23172" w14:textId="77777777" w:rsidR="00B75809" w:rsidRPr="00D22C6B" w:rsidRDefault="00B75809" w:rsidP="00B75809">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w14:paraId="631FB5E2" w14:textId="77777777" w:rsidR="00B75809" w:rsidRDefault="00B75809" w:rsidP="00B75809">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...22 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00D22C6B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-          <w:b/>
-[...58 lines deleted...]
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00D22C6B" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Queda entendido que esta autorización no es una cesión o transmisión de alguno de mis (nuestros) derechos patrimoniales en favor de la mencionada institución, ni tampoco una licencia exclusiva, pues sólo tendrá una vigencia de un año a partir de la fecha de publicación.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52918647" w14:textId="77777777" w:rsidR="00B75809" w:rsidRDefault="00B75809" w:rsidP="00B75809">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w14:paraId="33D93034" w14:textId="77777777" w:rsidR="00B75809" w:rsidRDefault="00B75809" w:rsidP="00B75809">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D22C6B">
-[...8 lines deleted...]
-    <w:p w:rsidR="00F515E2" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+      <w:r w:rsidRPr="0006465C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Los autores declaran que se han seguido los protocolos necesarios para la protección de los datos de los informantes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, previo consentimiento informado y cumplimiento de los demás principios éticos de la investigación científica y de la bioética, aprobado por el comité de ética de su institución</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007969AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E1B0FA3" w14:textId="77777777" w:rsidR="00B75809" w:rsidRPr="006855CF" w:rsidRDefault="00B75809" w:rsidP="00B75809">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w14:paraId="5F33A466" w14:textId="77777777" w:rsidR="00B75809" w:rsidRPr="00586919" w:rsidRDefault="00B75809" w:rsidP="00B75809">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0006465C">
-[...46 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00AE0A6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>He acotado según el estilo Vancouver, todas las referencias utilizadas, y no he cometido plagio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B36C222" w14:textId="77777777" w:rsidR="00B75809" w:rsidRDefault="00B75809" w:rsidP="00B75809">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EC26D76" w14:textId="77777777" w:rsidR="00B75809" w:rsidRDefault="00B75809" w:rsidP="00B75809">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...33 lines deleted...]
-      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00491EAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Autorizo a publicar el manuscrito en la versión electrónica e impresa de la Revista de Ciencias Médicas y de la Vida.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63EE4346" w14:textId="77777777" w:rsidR="00B75809" w:rsidRPr="009666F4" w:rsidRDefault="00B75809" w:rsidP="00B75809">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4697B47D" w14:textId="77777777" w:rsidR="00B75809" w:rsidRPr="00491EAE" w:rsidRDefault="00B75809" w:rsidP="00B75809">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Es de mi conocimiento que el equipo editorial de la revista, podrá utilizar la IA para una revisión inicial del manuscrito; lo cual autorizo al momento de firmar esta carta.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63A1F9AC" w14:textId="77777777" w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE0A6D">
-[...8 lines deleted...]
-    <w:p w:rsidR="000D3AE2" w:rsidRDefault="000D3AE2" w:rsidP="000D3AE2">
+      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="57F4146C" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRPr="00586919" w:rsidRDefault="00A4683A" w:rsidP="00A4683A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-        </w:numPr>
+      <w:r w:rsidRPr="00C316A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Nota importante</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C316A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Los autores deben informar, dado el caso, del </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C316A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>uso de herramientas de Inteligencia Artificial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C316A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>; en cuyo caso debe aclarar con todo nivel de detalle, sobre el uso que le dio, y en qué parte del proceso de investigación y del documento se utilizó. Queda a consideración de los evaluadores, del director y de la Editora Ejecutiva, si se acepta o no para publicación.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49C06460" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRPr="00586919" w:rsidRDefault="00A4683A" w:rsidP="00A4683A">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    </w:p>
+    <w:p w14:paraId="74D79B5A" w14:textId="77777777" w:rsidR="002F3BF4" w:rsidRPr="001271E6" w:rsidRDefault="002F3BF4" w:rsidP="002F3BF4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001271E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Conflicto de intereses</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E6FBBCB" w14:textId="77777777" w:rsidR="002F3BF4" w:rsidRDefault="002F3BF4" w:rsidP="002F3BF4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00807BFE" w:rsidRPr="00586919" w:rsidRDefault="00807BFE" w:rsidP="00807BFE">
+      <w:r w:rsidRPr="001271E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Los autores declaran que no existe conflicto de intereses.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Si existiera algún conflicto de intereses deben explicarlo.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F840407" w14:textId="77777777" w:rsidR="002F3BF4" w:rsidRPr="001271E6" w:rsidRDefault="002F3BF4" w:rsidP="002F3BF4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C316A8">
-[...42 lines deleted...]
-    <w:p w:rsidR="00807BFE" w:rsidRPr="00586919" w:rsidRDefault="00807BFE" w:rsidP="00807BFE">
+    </w:p>
+    <w:p w14:paraId="369B83F8" w14:textId="77777777" w:rsidR="002F3BF4" w:rsidRDefault="002F3BF4" w:rsidP="002F3BF4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="001A43ED" w:rsidRPr="001271E6" w:rsidRDefault="001A43ED" w:rsidP="001A43ED">
+      <w:r w:rsidRPr="001271E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Contribución de los autores</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001271E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (añadir el nombre los autores que contribuyen en cada una de las siguientes etapas del desarrollo de la investigación y/o del manuscrito</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sometido a proceso editorial en la Revista de Ciencias Médicas y de la Vida</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001271E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07228BA7" w14:textId="77777777" w:rsidR="002F3BF4" w:rsidRPr="001271E6" w:rsidRDefault="002F3BF4" w:rsidP="002F3BF4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001271E6">
-[...9 lines deleted...]
-    <w:p w:rsidR="001A43ED" w:rsidRDefault="001A43ED" w:rsidP="001A43ED">
+    </w:p>
+    <w:p w14:paraId="53542EE1" w14:textId="77777777" w:rsidR="002F3BF4" w:rsidRPr="001271E6" w:rsidRDefault="002F3BF4" w:rsidP="002F3BF4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001271E6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Los autores declaran que no existe conflicto de intereses.</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="001A43ED" w:rsidRPr="001271E6" w:rsidRDefault="001A43ED" w:rsidP="001A43ED">
+        <w:t xml:space="preserve">Conceptualización: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F9743D4" w14:textId="77777777" w:rsidR="002F3BF4" w:rsidRDefault="002F3BF4" w:rsidP="002F3BF4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="001A43ED" w:rsidRDefault="001A43ED" w:rsidP="001A43ED">
+      <w:r w:rsidRPr="001271E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Análisis formal: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="491210E7" w14:textId="77777777" w:rsidR="002F3BF4" w:rsidRPr="001271E6" w:rsidRDefault="002F3BF4" w:rsidP="002F3BF4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001271E6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-          <w:b/>
-[...30 lines deleted...]
-    <w:p w:rsidR="001A43ED" w:rsidRPr="001271E6" w:rsidRDefault="001A43ED" w:rsidP="001A43ED">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Investigación: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="551F558B" w14:textId="77777777" w:rsidR="002F3BF4" w:rsidRDefault="002F3BF4" w:rsidP="002F3BF4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-          <w:b/>
-[...5 lines deleted...]
-    <w:p w:rsidR="001A43ED" w:rsidRPr="001271E6" w:rsidRDefault="001A43ED" w:rsidP="001A43ED">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001271E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Metodología: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E21975B" w14:textId="77777777" w:rsidR="002F3BF4" w:rsidRPr="001271E6" w:rsidRDefault="002F3BF4" w:rsidP="002F3BF4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001271E6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Conceptualización: </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="001A43ED" w:rsidRDefault="001A43ED" w:rsidP="001A43ED">
+        <w:t xml:space="preserve">Administración del proyecto: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59B83A13" w14:textId="77777777" w:rsidR="002F3BF4" w:rsidRPr="001271E6" w:rsidRDefault="002F3BF4" w:rsidP="002F3BF4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001271E6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Análisis formal: </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="001A43ED" w:rsidRPr="001271E6" w:rsidRDefault="001A43ED" w:rsidP="001A43ED">
+        <w:t xml:space="preserve">Supervisión: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B98D7B4" w14:textId="77777777" w:rsidR="002F3BF4" w:rsidRPr="001271E6" w:rsidRDefault="002F3BF4" w:rsidP="002F3BF4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001271E6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Investigación: </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="001A43ED" w:rsidRDefault="001A43ED" w:rsidP="001A43ED">
+        <w:t xml:space="preserve">Redacción-borrador original: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0197BDFB" w14:textId="77777777" w:rsidR="002F3BF4" w:rsidRPr="00586919" w:rsidRDefault="002F3BF4" w:rsidP="002F3BF4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001271E6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Metodología: </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="001A43ED" w:rsidRPr="001271E6" w:rsidRDefault="001A43ED" w:rsidP="001A43ED">
+        <w:t xml:space="preserve">Redacción-revisión y edición: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="355FF264" w14:textId="77777777" w:rsidR="002F3BF4" w:rsidRDefault="002F3BF4" w:rsidP="00A4683A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001271E6">
-[...8 lines deleted...]
-    <w:p w:rsidR="001A43ED" w:rsidRPr="001271E6" w:rsidRDefault="001A43ED" w:rsidP="001A43ED">
+    </w:p>
+    <w:p w14:paraId="3CE2C69D" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRPr="00586919" w:rsidRDefault="00A4683A" w:rsidP="00A4683A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001271E6">
-[...8 lines deleted...]
-    <w:p w:rsidR="001A43ED" w:rsidRPr="001271E6" w:rsidRDefault="001A43ED" w:rsidP="001A43ED">
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ciudad/País: ________________________/_________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62EA43AC" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRPr="00586919" w:rsidRDefault="00A4683A" w:rsidP="00A4683A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001271E6">
-[...8 lines deleted...]
-    <w:p w:rsidR="001A43ED" w:rsidRPr="00586919" w:rsidRDefault="001A43ED" w:rsidP="001A43ED">
+    </w:p>
+    <w:p w14:paraId="5032FC58" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRPr="00586919" w:rsidRDefault="00A4683A" w:rsidP="00A4683A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001271E6">
-[...8 lines deleted...]
-    <w:p w:rsidR="001A43ED" w:rsidRDefault="001A43ED" w:rsidP="00807BFE">
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Fecha: _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F079429" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRPr="00586919" w:rsidRDefault="00A4683A" w:rsidP="00A4683A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00807BFE" w:rsidRPr="00586919" w:rsidRDefault="00807BFE" w:rsidP="00807BFE">
+    <w:p w14:paraId="70CBBAB7" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRPr="00586919" w:rsidRDefault="00A4683A" w:rsidP="00A4683A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00586919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ciudad/País: ________________________/_________________________ </w:t>
-[...26 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">Firma de los autores </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">precedido por su nombre </w:t>
+      </w:r>
       <w:r w:rsidRPr="00586919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Fecha: _________________</w:t>
-[...26 lines deleted...]
-      </w:pPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pegar aquí en</w:t>
+      </w:r>
       <w:r w:rsidRPr="00586919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Firma de los autores </w:t>
-[...30 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> formato digital y en un tamaño pequeño que no haga que el documento exceda los 300Kb)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00807BFE" w:rsidRDefault="00807BFE" w:rsidP="00807BFE"/>
+    <w:p w14:paraId="52C6E5CE" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00A4683A"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4414"/>
         <w:gridCol w:w="4414"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00807BFE" w:rsidTr="00006922">
+      <w:tr w:rsidR="00A4683A" w14:paraId="30945397" w14:textId="77777777" w:rsidTr="00006922">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00807BFE" w:rsidRDefault="00807BFE" w:rsidP="00006922">
+          <w:p w14:paraId="336AFC42" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922">
             <w:r>
               <w:t>Nombre completo de cada Autor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00807BFE" w:rsidRDefault="00807BFE" w:rsidP="00006922">
+          <w:p w14:paraId="2A5C4373" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922">
             <w:r>
               <w:t>Firma de cada autor</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00807BFE" w:rsidTr="00006922">
+      <w:tr w:rsidR="00A4683A" w14:paraId="522E3C0D" w14:textId="77777777" w:rsidTr="00006922">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00807BFE" w:rsidRDefault="00807BFE" w:rsidP="00006922"/>
+          <w:p w14:paraId="4557A644" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00807BFE" w:rsidRDefault="00807BFE" w:rsidP="00006922"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00807BFE" w:rsidRDefault="00807BFE" w:rsidP="00006922"/>
+          <w:p w14:paraId="4E925372" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922"/>
+          <w:p w14:paraId="5E9826F6" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922"/>
+          <w:p w14:paraId="0E1B9073" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922"/>
+          <w:p w14:paraId="52814087" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922"/>
+          <w:p w14:paraId="43955016" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00807BFE" w:rsidTr="00006922">
+      <w:tr w:rsidR="00A4683A" w14:paraId="14793748" w14:textId="77777777" w:rsidTr="00006922">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00807BFE" w:rsidRDefault="00807BFE" w:rsidP="00006922"/>
+          <w:p w14:paraId="52C29351" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00807BFE" w:rsidRDefault="00807BFE" w:rsidP="00006922"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00807BFE" w:rsidRDefault="00807BFE" w:rsidP="00006922"/>
+          <w:p w14:paraId="0D9A670A" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922"/>
+          <w:p w14:paraId="776FB196" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922"/>
+          <w:p w14:paraId="12FCC839" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922"/>
+          <w:p w14:paraId="0699E896" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922"/>
+          <w:p w14:paraId="597C669B" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00807BFE" w:rsidTr="00006922">
+      <w:tr w:rsidR="00A4683A" w14:paraId="2FF49ABB" w14:textId="77777777" w:rsidTr="00006922">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00807BFE" w:rsidRDefault="00807BFE" w:rsidP="00006922"/>
+          <w:p w14:paraId="094A7903" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00807BFE" w:rsidRDefault="00807BFE" w:rsidP="00006922"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00807BFE" w:rsidRDefault="00807BFE" w:rsidP="00006922"/>
+          <w:p w14:paraId="09110FE1" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922"/>
+          <w:p w14:paraId="6E9AEF85" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922"/>
+          <w:p w14:paraId="48E3B7C7" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922"/>
+          <w:p w14:paraId="630E2DE0" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922"/>
+          <w:p w14:paraId="3202C963" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00807BFE" w:rsidTr="00006922">
+      <w:tr w:rsidR="00A4683A" w14:paraId="287F8311" w14:textId="77777777" w:rsidTr="00006922">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00807BFE" w:rsidRDefault="00807BFE" w:rsidP="00006922"/>
+          <w:p w14:paraId="55E0C183" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00807BFE" w:rsidRDefault="00807BFE" w:rsidP="00006922"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00807BFE" w:rsidRDefault="00807BFE" w:rsidP="00006922"/>
+          <w:p w14:paraId="2A6CA6AB" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922"/>
+          <w:p w14:paraId="2542AD10" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922"/>
+          <w:p w14:paraId="09F60878" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922"/>
+          <w:p w14:paraId="3EAFAC46" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922"/>
+          <w:p w14:paraId="7470DA9C" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00807BFE" w:rsidTr="00006922">
+      <w:tr w:rsidR="00A4683A" w14:paraId="7CCED301" w14:textId="77777777" w:rsidTr="00006922">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00807BFE" w:rsidRDefault="00807BFE" w:rsidP="00006922"/>
+          <w:p w14:paraId="3ED3E856" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00807BFE" w:rsidRDefault="00807BFE" w:rsidP="00006922"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00807BFE" w:rsidRDefault="00807BFE" w:rsidP="00006922"/>
+          <w:p w14:paraId="6284F7D1" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922"/>
+          <w:p w14:paraId="2223FF32" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922"/>
+          <w:p w14:paraId="5A01D4B7" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922"/>
+          <w:p w14:paraId="134A4920" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922"/>
+          <w:p w14:paraId="23E3FF88" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00807BFE" w:rsidTr="00006922">
+      <w:tr w:rsidR="00A4683A" w14:paraId="59B92902" w14:textId="77777777" w:rsidTr="00006922">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00807BFE" w:rsidRDefault="00807BFE" w:rsidP="00006922"/>
+          <w:p w14:paraId="2581BBF6" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00807BFE" w:rsidRDefault="00807BFE" w:rsidP="00006922"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00807BFE" w:rsidRDefault="00807BFE" w:rsidP="00006922"/>
+          <w:p w14:paraId="7D1483BC" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922"/>
+          <w:p w14:paraId="170ECC6B" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922"/>
+          <w:p w14:paraId="2DC4E7EF" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922"/>
+          <w:p w14:paraId="7602851A" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRDefault="00A4683A" w:rsidP="00006922"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00807BFE" w:rsidRPr="00D12D0B" w:rsidRDefault="00807BFE" w:rsidP="00807BFE">
+    <w:p w14:paraId="2F672797" w14:textId="77777777" w:rsidR="00A4683A" w:rsidRPr="00D12D0B" w:rsidRDefault="00A4683A" w:rsidP="00A4683A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3240"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRPr="009E25D5" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w14:paraId="23669AFB" w14:textId="77777777" w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="325461D5" w14:textId="77777777" w:rsidR="00F515E2" w:rsidRPr="005D0C13" w:rsidRDefault="00F515E2" w:rsidP="00F515E2"/>
+    <w:p w14:paraId="6A39E944" w14:textId="77777777" w:rsidR="00F515E2" w:rsidRPr="009E25D5" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007C4192" w:rsidRPr="00D12D0B" w:rsidRDefault="004110BB" w:rsidP="00D12D0B">
+    <w:p w14:paraId="4AB6BB15" w14:textId="77777777" w:rsidR="007C4192" w:rsidRPr="00D12D0B" w:rsidRDefault="00D03BCD" w:rsidP="00D12D0B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3240"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="007C4192" w:rsidRPr="00D12D0B" w:rsidSect="00533CF2">
-      <w:type w:val="continuous"/>
+    <w:sectPr w:rsidR="007C4192" w:rsidRPr="00D12D0B" w:rsidSect="00BB1D6C">
+      <w:headerReference w:type="default" r:id="rId22"/>
+      <w:footerReference w:type="default" r:id="rId23"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="741" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004110BB" w:rsidRDefault="004110BB" w:rsidP="00C26042">
+    <w:p w14:paraId="1CCEC371" w14:textId="77777777" w:rsidR="00D03BCD" w:rsidRDefault="00D03BCD" w:rsidP="00C26042">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004110BB" w:rsidRDefault="004110BB" w:rsidP="00C26042">
+    <w:p w14:paraId="1CE2DA58" w14:textId="77777777" w:rsidR="00D03BCD" w:rsidRDefault="00D03BCD" w:rsidP="00C26042">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-    <w:panose1 w:val="05050102010706020507"/>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-    <w:panose1 w:val="05000000000000000000"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00D12D0B" w:rsidRDefault="00D12D0B">
+  <w:p w14:paraId="646DB1DF" w14:textId="77777777" w:rsidR="005A3F7F" w:rsidRDefault="005A3F7F">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="006004F3" w:rsidRDefault="004110BB">
+  <w:bookmarkStart w:id="0" w:name="_Hlk117110776" w:displacedByCustomXml="next"/>
+  <w:sdt>
+    <w:sdtPr>
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
+      <w:id w:val="-930285175"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="3F3CFA38" w14:textId="77777777" w:rsidR="00844FFA" w:rsidRDefault="00744902" w:rsidP="00E41A19">
+        <w:pPr>
+          <w:autoSpaceDE w:val="0"/>
+          <w:autoSpaceDN w:val="0"/>
+          <w:adjustRightInd w:val="0"/>
+          <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rPr>
+            <w:b/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="00286663">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:noProof/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="560BCA6B" wp14:editId="1D614191">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:posOffset>5410200</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>76201</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="904875" cy="912406"/>
+              <wp:effectExtent l="0" t="0" r="0" b="2540"/>
+              <wp:wrapNone/>
+              <wp:docPr id="8" name="Imagen 8"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:nvPicPr>
+                      <pic:cNvPr id="1" name=""/>
+                      <pic:cNvPicPr/>
+                    </pic:nvPicPr>
+                    <pic:blipFill>
+                      <a:blip r:embed="rId1" cstate="print">
+                        <a:extLst>
+                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </a:blip>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </pic:blipFill>
+                    <pic:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="913292" cy="920893"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </pic:spPr>
+                  </pic:pic>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </w:r>
+      </w:p>
+      <w:p w14:paraId="21580FCF" w14:textId="77777777" w:rsidR="00E41A19" w:rsidRDefault="00E41A19" w:rsidP="00E41A19">
+        <w:pPr>
+          <w:autoSpaceDE w:val="0"/>
+          <w:autoSpaceDN w:val="0"/>
+          <w:adjustRightInd w:val="0"/>
+          <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="0064767C">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>*</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00540438">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>Autor para correspondencia</w:t>
+        </w:r>
+        <w:r w:rsidRPr="0064767C">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>:</w:t>
+        </w:r>
+        <w:r w:rsidR="006E71A4">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="0064767C">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t xml:space="preserve">. Correo electrónico: </w:t>
+        </w:r>
+      </w:p>
+      <w:p w14:paraId="4A634D64" w14:textId="77777777" w:rsidR="00E41A19" w:rsidRPr="0064767C" w:rsidRDefault="00E41A19" w:rsidP="00E41A19">
+        <w:pPr>
+          <w:autoSpaceDE w:val="0"/>
+          <w:autoSpaceDN w:val="0"/>
+          <w:adjustRightInd w:val="0"/>
+          <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+        </w:pPr>
+      </w:p>
+      <w:p w14:paraId="5E9CE352" w14:textId="77777777" w:rsidR="00E41A19" w:rsidRPr="00744902" w:rsidRDefault="00E41A19" w:rsidP="00744902">
+        <w:pPr>
+          <w:autoSpaceDE w:val="0"/>
+          <w:autoSpaceDN w:val="0"/>
+          <w:adjustRightInd w:val="0"/>
+          <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="0064767C">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>Recibido el 3 de octubre de 201</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>22</w:t>
+        </w:r>
+        <w:r w:rsidRPr="0064767C">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t xml:space="preserve">.  Aceptado el 25 de </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>diciembre</w:t>
+        </w:r>
+        <w:r w:rsidRPr="0064767C">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> de 20</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>22</w:t>
+        </w:r>
+        <w:r w:rsidRPr="0064767C">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t xml:space="preserve">.  </w:t>
+        </w:r>
+      </w:p>
+      <w:p w14:paraId="43C9B381" w14:textId="77777777" w:rsidR="00E41A19" w:rsidRDefault="00744902" w:rsidP="00E41A19">
+        <w:pPr>
+          <w:pStyle w:val="Piedepgina"/>
+        </w:pPr>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251679744" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="371D1139" wp14:editId="712A7E5D">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:posOffset>4429125</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>12700</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="915670" cy="400050"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapTight wrapText="bothSides">
+                <wp:wrapPolygon edited="0">
+                  <wp:start x="0" y="0"/>
+                  <wp:lineTo x="0" y="20571"/>
+                  <wp:lineTo x="21121" y="20571"/>
+                  <wp:lineTo x="21121" y="0"/>
+                  <wp:lineTo x="0" y="0"/>
+                </wp:wrapPolygon>
+              </wp:wrapTight>
+              <wp:docPr id="7" name="Imagen 7" descr="Acceso Abierto - Biblioteca CURZA"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:nvPicPr>
+                      <pic:cNvPr id="0" name="Picture 8" descr="Acceso Abierto - Biblioteca CURZA"/>
+                      <pic:cNvPicPr>
+                        <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </pic:cNvPicPr>
+                    </pic:nvPicPr>
+                    <pic:blipFill>
+                      <a:blip r:embed="rId2" cstate="print">
+                        <a:extLst>
+                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </a:blip>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </pic:blipFill>
+                    <pic:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="915670" cy="400050"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </pic:spPr>
+                  </pic:pic>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:noProof/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="063E9AA4" wp14:editId="2ABF4BF0">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>77470</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="5419725" cy="474345"/>
+              <wp:effectExtent l="0" t="0" r="9525" b="1905"/>
+              <wp:wrapNone/>
+              <wp:docPr id="9" name="Imagen 9">
+                <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId3"/>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:nvPicPr>
+                      <pic:cNvPr id="9" name="Imagen 9">
+                        <a:hlinkClick r:id="rId3"/>
+                      </pic:cNvPr>
+                      <pic:cNvPicPr/>
+                    </pic:nvPicPr>
+                    <pic:blipFill>
+                      <a:blip r:embed="rId4">
+                        <a:extLst>
+                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </a:blip>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </pic:blipFill>
+                    <pic:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="5419725" cy="474345"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </pic:spPr>
+                  </pic:pic>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </w:r>
+      </w:p>
+      <w:p w14:paraId="2BF8393A" w14:textId="77777777" w:rsidR="00E41A19" w:rsidRDefault="00E41A19" w:rsidP="00792B1F">
+        <w:pPr>
+          <w:kinsoku w:val="0"/>
+          <w:overflowPunct w:val="0"/>
+          <w:spacing w:after="0" w:line="204" w:lineRule="exact"/>
+          <w:ind w:left="20"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+        </w:pPr>
+      </w:p>
+      <w:p w14:paraId="6CB825FB" w14:textId="77777777" w:rsidR="00E41A19" w:rsidRDefault="00E41A19" w:rsidP="00792B1F">
+        <w:pPr>
+          <w:kinsoku w:val="0"/>
+          <w:overflowPunct w:val="0"/>
+          <w:spacing w:after="0" w:line="204" w:lineRule="exact"/>
+          <w:ind w:left="20"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+        </w:pPr>
+      </w:p>
+      <w:p w14:paraId="6F960C0F" w14:textId="77777777" w:rsidR="00844FFA" w:rsidRDefault="00844FFA" w:rsidP="00792B1F">
+        <w:pPr>
+          <w:kinsoku w:val="0"/>
+          <w:overflowPunct w:val="0"/>
+          <w:spacing w:after="0" w:line="204" w:lineRule="exact"/>
+          <w:ind w:left="20"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+        </w:pPr>
+      </w:p>
+      <w:p w14:paraId="6A59A1A5" w14:textId="77777777" w:rsidR="00744902" w:rsidRDefault="00744902" w:rsidP="00792B1F">
+        <w:pPr>
+          <w:kinsoku w:val="0"/>
+          <w:overflowPunct w:val="0"/>
+          <w:spacing w:after="0" w:line="204" w:lineRule="exact"/>
+          <w:ind w:left="20"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+        </w:pPr>
+      </w:p>
+      <w:p w14:paraId="0B9B1D12" w14:textId="77777777" w:rsidR="00844FFA" w:rsidRPr="000A7A36" w:rsidRDefault="00D12D0B" w:rsidP="00792B1F">
+        <w:pPr>
+          <w:kinsoku w:val="0"/>
+          <w:overflowPunct w:val="0"/>
+          <w:spacing w:after="0" w:line="204" w:lineRule="exact"/>
+          <w:ind w:left="20"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>Rev. CMV. 2023;</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:spacing w:val="-1"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r w:rsidR="006E71A4">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:spacing w:val="-1"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>(1-3)</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:spacing w:val="-1"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>:</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B940F2">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:spacing w:val="-1"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>e001</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:spacing w:val="-1"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve">  </w:t>
+        </w:r>
+        <w:r w:rsidR="00AA3C18">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:spacing w:val="-1"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve">                                                           </w:t>
+        </w:r>
+        <w:r w:rsidR="00AA3C18" w:rsidRPr="00B940F2">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:spacing w:val="-1"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00AA3C18" w:rsidRPr="00B940F2">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>e</w:t>
+        </w:r>
+        <w:r w:rsidR="00AA3C18">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+        <w:r w:rsidR="00AA3C18" w:rsidRPr="00B940F2">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve">ISSN: </w:t>
+        </w:r>
+        <w:r w:rsidR="00AA3C18" w:rsidRPr="00462715">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>2958-9533</w:t>
+        </w:r>
+        <w:r w:rsidR="00AA3C18">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> - </w:t>
+        </w:r>
+        <w:r w:rsidR="00AA3C18" w:rsidRPr="00B940F2">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>ISSN</w:t>
+        </w:r>
+        <w:r w:rsidR="00AA3C18">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> impresa</w:t>
+        </w:r>
+        <w:r w:rsidR="00AA3C18" w:rsidRPr="00B940F2">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>:</w:t>
+        </w:r>
+        <w:r w:rsidR="00AA3C18">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00AA3C18" w:rsidRPr="000F1CEA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>2960-2696</w:t>
+        </w:r>
+        <w:r w:rsidR="003B4A98" w:rsidRPr="003B4A98">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>9533</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B940F2">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve">  </w:t>
+        </w:r>
+      </w:p>
+      <w:bookmarkEnd w:id="0"/>
+      <w:p w14:paraId="58B7051E" w14:textId="77777777" w:rsidR="00D12D0B" w:rsidRDefault="00D12D0B" w:rsidP="003557FA">
+        <w:pPr>
+          <w:pStyle w:val="Piedepgina"/>
+          <w:jc w:val="right"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="004C37FA" w14:textId="77777777" w:rsidR="00D12D0B" w:rsidRDefault="00D12D0B">
+    <w:pPr>
+      <w:pStyle w:val="Piedepgina"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="3EF4D06A" w14:textId="77777777" w:rsidR="005A3F7F" w:rsidRDefault="005A3F7F">
+    <w:pPr>
+      <w:pStyle w:val="Piedepgina"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="6CEB62A5" w14:textId="77777777" w:rsidR="006004F3" w:rsidRDefault="00D03BCD">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004110BB" w:rsidRDefault="004110BB" w:rsidP="00C26042">
+    <w:p w14:paraId="78BDD4AE" w14:textId="77777777" w:rsidR="00D03BCD" w:rsidRDefault="00D03BCD" w:rsidP="00C26042">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004110BB" w:rsidRDefault="004110BB" w:rsidP="00C26042">
+    <w:p w14:paraId="63A1AFF9" w14:textId="77777777" w:rsidR="00D03BCD" w:rsidRDefault="00D03BCD" w:rsidP="00C26042">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00D12D0B" w:rsidRDefault="00D12D0B" w:rsidP="003557FA">
+  <w:p w14:paraId="5EC2E0AB" w14:textId="77777777" w:rsidR="005A3F7F" w:rsidRDefault="005A3F7F">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
-      <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="006004F3" w:rsidRPr="00387A42" w:rsidRDefault="004110BB" w:rsidP="003312B4">
+  <w:p w14:paraId="181E3A87" w14:textId="77777777" w:rsidR="00C14AED" w:rsidRDefault="00B77442" w:rsidP="003557FA">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00B77442">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251681792" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="17E7ABE4" wp14:editId="2DBA1030">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:align>center</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-363855</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="6220385" cy="876300"/>
+          <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="21130"/>
+              <wp:lineTo x="21567" y="21130"/>
+              <wp:lineTo x="21567" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="6" name="Imagen 7">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97EC3427-020B-4E24-A10D-F4B10308E943}"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="8" name="Imagen 7">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97EC3427-020B-4E24-A10D-F4B10308E943}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill rotWithShape="1">
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect r="21128"/>
+                  <a:stretch/>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6220385" cy="876300"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:hyperlink r:id="rId2" w:history="1">
+      <w:r w:rsidR="00D12D0B" w:rsidRPr="00A422EC">
+        <w:rPr>
+          <w:rStyle w:val="Hipervnculo"/>
+        </w:rPr>
+        <w:t>https://editorial.udv.edu.gt/index.php/RCMV</w:t>
+      </w:r>
+    </w:hyperlink>
+    <w:r w:rsidR="00D12D0B">
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="5AB81400" w14:textId="77777777" w:rsidR="00D12D0B" w:rsidRDefault="00D12D0B" w:rsidP="003557FA">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="79B7727E" w14:textId="77777777" w:rsidR="005A3F7F" w:rsidRDefault="005A3F7F">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="15C95208" w14:textId="77777777" w:rsidR="006004F3" w:rsidRDefault="00B77442" w:rsidP="003312B4">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="es-MX"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00B77442">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251680768" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07D0FF2C" wp14:editId="77D9EB4F">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:align>right</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-354330</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="5612130" cy="790575"/>
+          <wp:effectExtent l="0" t="0" r="7620" b="9525"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="21340"/>
+              <wp:lineTo x="21556" y="21340"/>
+              <wp:lineTo x="21556" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="2" name="Imagen 7">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97EC3427-020B-4E24-A10D-F4B10308E943}"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="8" name="Imagen 7">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97EC3427-020B-4E24-A10D-F4B10308E943}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill rotWithShape="1">
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect r="21128"/>
+                  <a:stretch/>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="5612130" cy="790575"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidR="00F7080A">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="7E253BF8" wp14:editId="757A861D">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>5511800</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>563245</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1453515" cy="151765"/>
+              <wp:effectExtent l="0" t="1270" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="16" name="Text Box 12"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1453515" cy="151765"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="7926D15D" w14:textId="77777777" w:rsidR="006004F3" w:rsidRDefault="00F7080A" w:rsidP="00601F3B">
+                          <w:pPr>
+                            <w:kinsoku w:val="0"/>
+                            <w:overflowPunct w:val="0"/>
+                            <w:spacing w:line="224" w:lineRule="exact"/>
+                            <w:ind w:left="20"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:color w:val="000000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00F05DEC">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="FFFFFF"/>
+                              <w:spacing w:val="-6"/>
+                            </w:rPr>
+                            <w:t>A</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00F05DEC">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="FFFFFF"/>
+                            </w:rPr>
+                            <w:t>R</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00F05DEC">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="FFFFFF"/>
+                              <w:spacing w:val="3"/>
+                            </w:rPr>
+                            <w:t>T</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00F05DEC">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="FFFFFF"/>
+                              <w:spacing w:val="2"/>
+                            </w:rPr>
+                            <w:t>Í</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00F05DEC">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="FFFFFF"/>
+                            </w:rPr>
+                            <w:t>CULO</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="FFFFFF"/>
+                              <w:spacing w:val="-19"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="FFFFFF"/>
+                            </w:rPr>
+                            <w:t>ORIGI</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="FFFFFF"/>
+                              <w:spacing w:val="4"/>
+                            </w:rPr>
+                            <w:t>N</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="FFFFFF"/>
+                              <w:spacing w:val="-6"/>
+                            </w:rPr>
+                            <w:t>A</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="FFFFFF"/>
+                            </w:rPr>
+                            <w:t>L</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="7E253BF8" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 12" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:434pt;margin-top:44.35pt;width:114.45pt;height:11.95pt;z-index:-251642880;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCF4IAdrQIAAKsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1vmzAQ/j5p/8Hyd8pLgQRUUrUhTJO6&#10;F6ndD3DABGtgM9sJdNP++84mpGmrSdM2PliHfX7unrvHd3U9di06UKmY4Bn2LzyMKC9Fxfguw18e&#10;CmeJkdKEV6QVnGb4kSp8vXr75mroUxqIRrQVlQhAuEqHPsON1n3quqpsaEfUhegph8NayI5o+JU7&#10;t5JkAPSudQPPi91ByKqXoqRKwW4+HeKVxa9rWupPda2oRm2GITdtV2nXrVnd1RVJd5L0DSuPaZC/&#10;yKIjjEPQE1RONEF7yV5BdayUQolaX5Sic0Vds5JaDsDG916wuW9ITy0XKI7qT2VS/w+2/Hj4LBGr&#10;oHcxRpx00KMHOmp0K0bkB6Y+Q69ScLvvwVGPsA++lqvq70T5VSEu1g3hO3ojpRgaSirIzzc33bOr&#10;E44yINvhg6ggDtlrYYHGWnameFAOBOjQp8dTb0wupQkZRpeRH2FUwpkf+Ys4siFIOt/updLvqOiQ&#10;MTIsofcWnRzulDbZkHR2McG4KFjb2v63/NkGOE47EBuumjOThW3nj8RLNsvNMnTCIN44oZfnzk2x&#10;Dp248BdRfpmv17n/08T1w7RhVUW5CTNLyw//rHVHkU+iOIlLiZZVBs6kpORuu24lOhCQdmG/Y0HO&#10;3NznadgiAJcXlPwg9G6DxCni5cIJizBykoW3dDw/uU1iL0zCvHhO6Y5x+u+U0JDhJAqiSUy/5ebZ&#10;7zU3knZMw/BoWZfh5cmJpEaCG17Z1mrC2sk+K4VJ/6kU0O650VawRqOTWvW4HQHFqHgrqkeQrhSg&#10;LNAnTDwwGiG/YzTA9Miw+rYnkmLUvucgfzNqZkPOxnY2CC/haoY1RpO51tNI2veS7RpAnh4YFzfw&#10;RGpm1fuUxfFhwUSwJI7Ty4yc83/r9TRjV78AAAD//wMAUEsDBBQABgAIAAAAIQCpwEfs3wAAAAsB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqN0eTBLiVBWCExIiDQeOTuwmVuN1&#10;iN02/D3bE9xmtKPZN+V28SM72zm6gArWKwHMYheMw17BZ/P6kAGLSaPRY0Cr4MdG2Fa3N6UuTLhg&#10;bc/71DMqwVhoBUNKU8F57AbrdVyFySLdDmH2OpGde25mfaFyP/KNEJJ77ZA+DHqyz4PtjvuTV7D7&#10;wvrFfb+3H/Whdk2TC3yTR6Xu75bdE7Bkl/QXhis+oUNFTG04oYlsVJDJjLYkEtkjsGtA5DIH1pJa&#10;byTwquT/N1S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIXggB2tAgAAqwUAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKnAR+zfAAAACwEAAA8A&#10;AAAAAAAAAAAAAAAABwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAATBgAAAAA=&#10;" o:allowincell="f" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="7926D15D" w14:textId="77777777" w:rsidR="006004F3" w:rsidRDefault="00F7080A" w:rsidP="00601F3B">
+                    <w:pPr>
+                      <w:kinsoku w:val="0"/>
+                      <w:overflowPunct w:val="0"/>
+                      <w:spacing w:line="224" w:lineRule="exact"/>
+                      <w:ind w:left="20"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:color w:val="000000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00F05DEC">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="FFFFFF"/>
+                        <w:spacing w:val="-6"/>
+                      </w:rPr>
+                      <w:t>A</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00F05DEC">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="FFFFFF"/>
+                      </w:rPr>
+                      <w:t>R</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00F05DEC">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="FFFFFF"/>
+                        <w:spacing w:val="3"/>
+                      </w:rPr>
+                      <w:t>T</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00F05DEC">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="FFFFFF"/>
+                        <w:spacing w:val="2"/>
+                      </w:rPr>
+                      <w:t>Í</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00F05DEC">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="FFFFFF"/>
+                      </w:rPr>
+                      <w:t>CULO</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="FFFFFF"/>
+                        <w:spacing w:val="-19"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="FFFFFF"/>
+                      </w:rPr>
+                      <w:t>ORIGI</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="FFFFFF"/>
+                        <w:spacing w:val="4"/>
+                      </w:rPr>
+                      <w:t>N</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="FFFFFF"/>
+                        <w:spacing w:val="-6"/>
+                      </w:rPr>
+                      <w:t>A</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="FFFFFF"/>
+                      </w:rPr>
+                      <w:t>L</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00F7080A">
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="7877EB76" wp14:editId="2B91017C">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>5511800</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>563245</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1453515" cy="151765"/>
+              <wp:effectExtent l="0" t="1270" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1" name="Text Box 24"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1453515" cy="151765"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="294B3286" w14:textId="77777777" w:rsidR="006004F3" w:rsidRDefault="00F7080A" w:rsidP="00415FB0">
+                          <w:pPr>
+                            <w:kinsoku w:val="0"/>
+                            <w:overflowPunct w:val="0"/>
+                            <w:spacing w:line="224" w:lineRule="exact"/>
+                            <w:ind w:left="20"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:color w:val="000000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="FFFFFF"/>
+                              <w:spacing w:val="-6"/>
+                            </w:rPr>
+                            <w:t>EDITORIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape w14:anchorId="7877EB76" id="Text Box 24" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:434pt;margin-top:44.35pt;width:114.45pt;height:11.95pt;z-index:-251641856;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDpMuVIrwIAALEFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1vmzAQ/j5p/8Hyd8pLIQkopEpDmCZ1&#10;L1K7H+CACdbAZrYT6Kb9951NSNNWk6ZtfLAO+/zcPXePb3kztA06UqmY4Cn2rzyMKC9Eyfg+xV8e&#10;cmeBkdKEl6QRnKb4kSp8s3r7Ztl3CQ1ELZqSSgQgXCV9l+Ja6y5xXVXUtCXqSnSUw2ElZEs0/Mq9&#10;W0rSA3rbuIHnzdxeyLKToqBKwW42HuKVxa8qWuhPVaWoRk2KITdtV2nXnVnd1ZIke0m6mhWnNMhf&#10;ZNESxiHoGSojmqCDZK+gWlZIoUSlrwrRuqKqWEEtB2Djey/Y3Neko5YLFEd15zKp/wdbfDx+loiV&#10;0DuMOGmhRQ900OhWDCgITXn6TiXgdd+Bnx5g37gaqqq7E8VXhbjY1ITv6VpK0deUlJCeb266F1dH&#10;HGVAdv0HUUIcctDCAg2VbA0gVAMBOrTp8dwak0thQobRdeRHGBVw5kf+fBbZECSZbndS6XdUtMgY&#10;KZbQeotOjndKm2xIMrmYYFzkrGls+xv+bAMcxx2IDVfNmcnCdvNH7MXbxXYROmEw2zqhl2XOOt+E&#10;ziz351F2nW02mf/TxPXDpGZlSbkJMynLD/+scyeNj5o4a0uJhpUGzqSk5H63aSQ6ElB2br9TQS7c&#10;3Odp2CIAlxeU/CD0boPYyWeLuRPmYeTEc2/heH58G8+8MA6z/DmlO8bpv1NCfYrjKIhGMf2Wm2e/&#10;19xI0jINs6NhbYoXZyeSGAlueWlbqwlrRvuiFCb9p1JAu6dGW8EajY5q1cNuOD0NADNi3onyERQs&#10;BQgMZApzD4xayO8Y9TBDUqy+HYikGDXvObwCM3AmQ07GbjIIL+BqijVGo7nR42A6dJLta0Ae3xkX&#10;a3gpFbMifsri9L5gLlgupxlmBs/lv/V6mrSrXwAAAP//AwBQSwMEFAAGAAgAAAAhAKnAR+zfAAAA&#10;CwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo3R5MEuJUFYITEiINB45O7CZW&#10;43WI3Tb8PdsT3Ga0o9k35XbxIzvbObqACtYrAcxiF4zDXsFn8/qQAYtJo9FjQKvgx0bYVrc3pS5M&#10;uGBtz/vUMyrBWGgFQ0pTwXnsBut1XIXJIt0OYfY6kZ17bmZ9oXI/8o0QknvtkD4MerLPg+2O+5NX&#10;sPvC+sV9v7cf9aF2TZMLfJNHpe7vlt0TsGSX9BeGKz6hQ0VMbTihiWxUkMmMtiQS2SOwa0DkMgfW&#10;klpvJPCq5P83VL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA6TLlSK8CAACxBQAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAqcBH7N8AAAALAQAA&#10;DwAAAAAAAAAAAAAAAAAJBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABUGAAAAAA==&#10;" o:allowincell="f" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="294B3286" w14:textId="77777777" w:rsidR="006004F3" w:rsidRDefault="00F7080A" w:rsidP="00415FB0">
+                    <w:pPr>
+                      <w:kinsoku w:val="0"/>
+                      <w:overflowPunct w:val="0"/>
+                      <w:spacing w:line="224" w:lineRule="exact"/>
+                      <w:ind w:left="20"/>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:color w:val="000000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="FFFFFF"/>
+                        <w:spacing w:val="-6"/>
+                      </w:rPr>
+                      <w:t>EDITORIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00F7080A" w:rsidRPr="00BE52C4">
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:hyperlink r:id="rId2" w:history="1">
+      <w:r w:rsidR="00F7080A" w:rsidRPr="00A422EC">
+        <w:rPr>
+          <w:rStyle w:val="Hipervnculo"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>https://editorial.udv.edu.gt/index.php/RCMV</w:t>
+      </w:r>
+    </w:hyperlink>
+    <w:r w:rsidR="00F7080A">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:color w:val="006600"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00F7080A" w:rsidRPr="00815B3B">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:color w:val="006600"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve">    </w:t>
+    </w:r>
+    <w:r w:rsidR="00F7080A" w:rsidRPr="00BE52C4">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00AA3C18" w:rsidRPr="00B940F2">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="002060"/>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00AA3C18" w:rsidRPr="00B940F2">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>e</w:t>
+    </w:r>
+    <w:r w:rsidR="00AA3C18">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>-</w:t>
+    </w:r>
+    <w:r w:rsidR="00AA3C18" w:rsidRPr="00B940F2">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">ISSN: </w:t>
+    </w:r>
+    <w:r w:rsidR="00AA3C18" w:rsidRPr="00462715">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>2958-9533</w:t>
+    </w:r>
+    <w:r w:rsidR="00AA3C18">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> - </w:t>
+    </w:r>
+    <w:r w:rsidR="00AA3C18" w:rsidRPr="00B940F2">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>ISSN</w:t>
+    </w:r>
+    <w:r w:rsidR="00AA3C18">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> impresa</w:t>
+    </w:r>
+    <w:r w:rsidR="00AA3C18" w:rsidRPr="00B940F2">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>:</w:t>
+    </w:r>
+    <w:r w:rsidR="00AA3C18">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00AA3C18" w:rsidRPr="000F1CEA">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>2960-2696</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="675CB28E" w14:textId="77777777" w:rsidR="00C14AED" w:rsidRPr="00387A42" w:rsidRDefault="00C14AED" w:rsidP="003312B4">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="es-MX"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30102410"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F3942758"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
@@ -5479,348 +6801,50 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3FAF5C2F"/>
-[...296 lines deleted...]
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="738E6D52"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7E0047BC"/>
     <w:lvl w:ilvl="0" w:tplc="0409000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5889,334 +6913,180 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-[...147 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="3"/>
-[...4 lines deleted...]
-  <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C26042"/>
     <w:rsid w:val="00017CF0"/>
-    <w:rsid w:val="00091ED7"/>
-[...3 lines deleted...]
-    <w:rsid w:val="001A43ED"/>
+    <w:rsid w:val="000523C7"/>
+    <w:rsid w:val="000569E9"/>
+    <w:rsid w:val="000613B2"/>
+    <w:rsid w:val="00086C6B"/>
+    <w:rsid w:val="000903E5"/>
+    <w:rsid w:val="00193A9A"/>
+    <w:rsid w:val="001E1635"/>
     <w:rsid w:val="001F687F"/>
     <w:rsid w:val="00243B1E"/>
     <w:rsid w:val="00261A10"/>
-    <w:rsid w:val="00290C96"/>
-    <w:rsid w:val="002D057B"/>
+    <w:rsid w:val="002F3BF4"/>
     <w:rsid w:val="00335CC8"/>
+    <w:rsid w:val="00371287"/>
+    <w:rsid w:val="00395773"/>
     <w:rsid w:val="003958E6"/>
-    <w:rsid w:val="003A0278"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00497717"/>
+    <w:rsid w:val="003A506F"/>
+    <w:rsid w:val="003B4A98"/>
+    <w:rsid w:val="004A0032"/>
     <w:rsid w:val="004B63B0"/>
-    <w:rsid w:val="004F3C21"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00572768"/>
+    <w:rsid w:val="004C1BFC"/>
+    <w:rsid w:val="004E2779"/>
+    <w:rsid w:val="00567F90"/>
+    <w:rsid w:val="005A3F7F"/>
     <w:rsid w:val="005E1095"/>
-    <w:rsid w:val="005F1F3D"/>
+    <w:rsid w:val="005F74F9"/>
     <w:rsid w:val="006473D4"/>
-    <w:rsid w:val="006D731D"/>
+    <w:rsid w:val="00677E36"/>
+    <w:rsid w:val="006E71A4"/>
     <w:rsid w:val="00703E7F"/>
-    <w:rsid w:val="00757883"/>
-    <w:rsid w:val="00807BFE"/>
+    <w:rsid w:val="00730412"/>
+    <w:rsid w:val="00737953"/>
+    <w:rsid w:val="00744902"/>
+    <w:rsid w:val="007A7EFC"/>
+    <w:rsid w:val="007C6856"/>
+    <w:rsid w:val="007D14E2"/>
+    <w:rsid w:val="008432AB"/>
     <w:rsid w:val="00844FFA"/>
-    <w:rsid w:val="00857A87"/>
-    <w:rsid w:val="008976AA"/>
     <w:rsid w:val="008B61CB"/>
     <w:rsid w:val="00941EE8"/>
-    <w:rsid w:val="00983973"/>
-    <w:rsid w:val="00995026"/>
     <w:rsid w:val="00A217A0"/>
-    <w:rsid w:val="00A258A8"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00A95FAA"/>
+    <w:rsid w:val="00A4683A"/>
+    <w:rsid w:val="00A94375"/>
+    <w:rsid w:val="00AA3C18"/>
+    <w:rsid w:val="00AE1493"/>
     <w:rsid w:val="00AE3EC8"/>
-    <w:rsid w:val="00B25B8D"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00BE3C93"/>
+    <w:rsid w:val="00AF03EF"/>
+    <w:rsid w:val="00B64BC3"/>
+    <w:rsid w:val="00B75809"/>
+    <w:rsid w:val="00B77442"/>
+    <w:rsid w:val="00BA70D1"/>
+    <w:rsid w:val="00C14AED"/>
     <w:rsid w:val="00C26042"/>
     <w:rsid w:val="00C42E47"/>
-    <w:rsid w:val="00C9558F"/>
+    <w:rsid w:val="00C561FC"/>
+    <w:rsid w:val="00D03BCD"/>
     <w:rsid w:val="00D12D0B"/>
-    <w:rsid w:val="00D53675"/>
     <w:rsid w:val="00E41A19"/>
-    <w:rsid w:val="00E45269"/>
     <w:rsid w:val="00E73AE5"/>
     <w:rsid w:val="00E73F25"/>
     <w:rsid w:val="00E7592B"/>
-    <w:rsid w:val="00EC05A0"/>
+    <w:rsid w:val="00E95EA9"/>
     <w:rsid w:val="00EF1A4F"/>
-    <w:rsid w:val="00F444DB"/>
     <w:rsid w:val="00F515E2"/>
     <w:rsid w:val="00F7080A"/>
     <w:rsid w:val="00FC4BFF"/>
+    <w:rsid w:val="00FF4289"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-GT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="512D3A74"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{F320A3A8-E5A4-48B2-B9B2-9CB347E79FAA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-GT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -6689,159 +7559,99 @@
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="authorinfo">
     <w:name w:val="authorinfo"/>
     <w:rsid w:val="00D12D0B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="400" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prrafodelista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00A258A8"/>
+    <w:rsid w:val="004C1BFC"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tablaconcuadrcula">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tablanormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00807BFE"/>
+    <w:rsid w:val="00A4683A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="show">
-[...29 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:divs>
-[...39 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/xxxxx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/0000-0003-3812-4239" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\mpileta\Documents\4%20Da%20VINCI\0.2.%20Revista%20Medicina-UDV\0.%20REVISTA\DOCUMENTOS%20DE%20LA%20REVISTA\plantillas\xxxxx@xxxx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miday@infomed.sld.cu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/0000-0003-3812-4559" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/0000-0003-3812-4239" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miday@infomed.sld.cu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/0000-0003-3812-4559" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/xxxxx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/0000-0003-3812-4239" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\mpileta\Documents\4%20Da%20VINCI\0.2.%20Revista%20Medicina-UDV\0.%20REVISTA\DOCUMENTOS%20DE%20LA%20REVISTA\plantillas\xxxxx@xxxx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miday@infomed.sld.cu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/0000-0003-3812-4559" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/0000-0003-3812-4239" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miday@infomed.sld.cu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/0000-0003-3812-4559" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editorial.udv.edu.gt/index.php/RCMV" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/_rels/header4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editorial.udv.edu.gt/index.php/RCMV" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7099,78 +7909,79 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>10731</Characters>
+  <Pages>7</Pages>
+  <Words>1692</Words>
+  <Characters>9310</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>268</Lines>
-  <Paragraphs>107</Paragraphs>
+  <Lines>77</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12394</CharactersWithSpaces>
+  <CharactersWithSpaces>10981</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Miday Columbié Pileta de Morasen</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
-    <vt:lpwstr>409311d545f953084c66b4fa035993c1773cc17ef961c13c67cd662c27be296f</vt:lpwstr>
+    <vt:lpwstr>22d84bceff9cb2fa456ea3efc52eb9a4e3c2857c402f9051951f8d4ce9351b70</vt:lpwstr>
   </property>
 </Properties>
 </file>