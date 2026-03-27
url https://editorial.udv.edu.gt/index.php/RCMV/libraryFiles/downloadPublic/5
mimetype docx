--- v0 (2025-10-18)
+++ v1 (2026-03-27)
@@ -1,2786 +1,2874 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00D12D0B" w:rsidRPr="00B80CE8" w:rsidRDefault="00D12D0B" w:rsidP="00D12D0B">
+    <w:p w:rsidR="00D12D0B" w:rsidRPr="00B80CE8" w:rsidRDefault="007E65F2" w:rsidP="00D12D0B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B80CE8">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
           <w:bdr w:val="double" w:sz="4" w:space="0" w:color="002060"/>
           <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
         </w:rPr>
-        <w:t>Artículo Original Cuantitativo</w:t>
+        <w:t>Imágenes Médicas</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D12D0B" w:rsidRPr="00600577" w:rsidRDefault="00D12D0B" w:rsidP="00D12D0B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B7351E" w:rsidRPr="00D27988" w:rsidRDefault="00B7351E" w:rsidP="00B7351E">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00700C3E" w:rsidRPr="00567F90" w:rsidRDefault="000B5B13" w:rsidP="000B5B13">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D27988">
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B5B13">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Título </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D27988">
+        <w:t xml:space="preserve">Efectividad del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B5B13">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">(sin la palabra título, en español, letra </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D27988">
+        <w:t>Hebermin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B5B13">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>verdana</w:t>
-[...46 lines deleted...]
-    <w:p w:rsidR="00B7351E" w:rsidRPr="00600577" w:rsidRDefault="00B7351E" w:rsidP="00B7351E">
+        <w:t xml:space="preserve"> en la cicatrización de úlceras por presión: estudio de un caso</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B5B13" w:rsidRPr="000B5B13" w:rsidRDefault="000B5B13" w:rsidP="000B5B13">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="003958E6" w:rsidRPr="00FC48D6" w:rsidRDefault="00846CF3" w:rsidP="003958E6">
+      <w:r w:rsidRPr="000B5B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Effectiveness of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B5B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Hebermin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B5B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the scarring of pressure ulcer: study of a case</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B5B13" w:rsidRPr="000B5B13" w:rsidRDefault="000B5B13" w:rsidP="000B5B13">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B5B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Efficacité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B5B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B5B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>d'Hebermin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B5B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dans la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B5B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>cicatrisation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B5B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B5B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>escarres</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B5B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B5B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>une</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B5B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> étude de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B5B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>cas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000B5B13" w:rsidRPr="000B5B13" w:rsidRDefault="000B5B13" w:rsidP="000B5B13">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B5B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Efetividade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B5B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B5B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Hebermin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B5B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B5B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B5B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B5B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cicatrização</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B5B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de úlceras por </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B5B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pressão</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B5B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B5B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>estudo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B5B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de caso</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007969AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Autor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007969AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk169289041"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ernesto Brull-Gálvez</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003958E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003958E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Elena Coello-Valdés,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003958E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003958E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Niurka Martínez-Verzonis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003958E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003958E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003958E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Marielis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Díaz-García</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003958E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003958E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRPr="007969AA" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
-          <w:color w:val="FF0000"/>
-[...428 lines deleted...]
-    <w:p w:rsidR="003958E6" w:rsidRPr="007969AA" w:rsidRDefault="003958E6" w:rsidP="003958E6">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRPr="00357962" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
       <w:pPr>
         <w:pStyle w:val="authorinfo"/>
         <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-VE" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00357962">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00357962">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
-        <w:t>Título Universitario.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007969AA">
+        <w:t xml:space="preserve">Licenciado en Enfermería. Hospital Dr. Luis Díaz Soto. La Habana. Cuba. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00357962">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Correo electrónico: </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk169289063"/>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> HYPERLINK "mailto:ernestobrull8@gmail.com" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00357962">
+        <w:rPr>
+          <w:rStyle w:val="Hipervnculo"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ernestobrull8@gmail.com</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hipervnculo"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00357962">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Especiali</w:t>
-[...64 lines deleted...]
-        <w:t xml:space="preserve">Correo electrónico: </w:t>
+        <w:t xml:space="preserve"> Código Orcid: </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="0071440C">
+        <w:r w:rsidRPr="00357962">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="es-VE"/>
           </w:rPr>
-          <w:t>xxxxx@xxxx</w:t>
+          <w:t>http://orcid.org/0000-0002-8934-8227</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007969AA">
+      <w:r w:rsidRPr="00357962">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRPr="00357962" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:pStyle w:val="authorinfo"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="es-VE" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00357962">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-VE" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00357962">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="es-VE"/>
+        </w:rPr>
+        <w:t>Licenciada en Enfermería. Hospital Dr. Luis Díaz Soto. La Habana. Cuba</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00357962">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Correo electrónico: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00357962">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:lang w:val="es-ES"/>
+          </w:rPr>
+          <w:t>elenacoello445@gmail.com</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00357962">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="es-VE"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Código Orcid: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="0071440C">
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00357962">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="es-VE"/>
           </w:rPr>
-          <w:t>http://orcid.org/xxxxx</w:t>
+          <w:t>http://orcid.org/0000-0002-9545-1474</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007969AA">
+      <w:r w:rsidRPr="00357962">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRPr="00357962" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:pStyle w:val="authorinfo"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="es-VE" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00357962">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-VE" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00357962">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="es-VE" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Licenciada en Enfermería.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00357962">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...6 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:t xml:space="preserve"> Especialista en Enfermería Intensiva y Emergencia. Máster en Enfermería. Hospital Dr. Luis Díaz Soto. La Habana. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00357962">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cuba. Correo electrónico: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00357962">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:lang w:val="es-ES"/>
+          </w:rPr>
+          <w:t>nmartinez@infomed.sld.cu</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00357962">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00924EFF">
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00357962">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:lang w:val="es-VE" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00357962">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:lang w:val="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Código Orcid: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00357962">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:lang w:val="es-VE"/>
+          </w:rPr>
+          <w:t>http://orcid.org/0000-0002-4866-8523</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00357962">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00924EFF">
+          <w:lang w:val="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRPr="00357962" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:pStyle w:val="authorinfo"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00924EFF">
+          <w:lang w:val="es-VE" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00357962">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00924EFF">
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-VE" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00357962">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:lang w:val="es-VE" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Licenciada en Enfermería.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00357962">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:lang w:val="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Especialista en Enfermería Intensiva y Emergencia. Hospital Dr. Luis Díaz Soto. La Habana. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00357962">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-        </w:rPr>
-[...9 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cuba. Correo electrónico: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00357962">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:lang w:val="es-ES"/>
+          </w:rPr>
+          <w:t>marydg231073@gmail.com</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00357962">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00941EE8" w:rsidRPr="00941EE8">
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00357962">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:lang w:val="es-VE" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00357962">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:lang w:val="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Código Orcid: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="00357962">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:lang w:val="es-VE"/>
+          </w:rPr>
+          <w:t>http://orcid.org/0009-0005-8545-6115</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00357962">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-        </w:rPr>
-[...112 lines deleted...]
-    <w:p w:rsidR="00E41A19" w:rsidRPr="00600577" w:rsidRDefault="003958E6" w:rsidP="00E41A19">
+          <w:lang w:val="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E41A19" w:rsidRPr="00600577" w:rsidRDefault="00E41A19" w:rsidP="00D12D0B">
       <w:pPr>
         <w:pStyle w:val="authorinfo"/>
         <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-VE" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...432 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w:rsidR="00E41A19" w:rsidRDefault="00E41A19" w:rsidP="00D12D0B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="00E41A19" w:rsidSect="00E73F25">
+          <w:headerReference w:type="even" r:id="rId14"/>
           <w:headerReference w:type="default" r:id="rId15"/>
-          <w:footerReference w:type="default" r:id="rId16"/>
+          <w:footerReference w:type="even" r:id="rId16"/>
+          <w:footerReference w:type="default" r:id="rId17"/>
+          <w:headerReference w:type="first" r:id="rId18"/>
+          <w:footerReference w:type="first" r:id="rId19"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E41A19" w:rsidRDefault="00E41A19" w:rsidP="00E41A19">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E41A19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
-                <wp:extent cx="1400175" cy="1343025"/>
-                <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+                <wp:extent cx="2009775" cy="2095500"/>
+                <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                 <wp:docPr id="3" name="Cuadro de texto 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1400175" cy="1343025"/>
+                          <a:ext cx="2009775" cy="2095500"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00E41A19" w:rsidRDefault="00C236C2" w:rsidP="001F687F">
+                          <w:p w:rsidR="00E41A19" w:rsidRDefault="00F93D66" w:rsidP="001F687F">
                             <w:pPr>
                               <w:jc w:val="both"/>
                             </w:pPr>
-                            <w:r>
+                            <w:r w:rsidRPr="00252A84">
                               <w:rPr>
+                                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                                 <w:noProof/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
                               </w:rPr>
                               <w:drawing>
-                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7BD4E499" wp14:editId="3152CE26">
-[...2 lines deleted...]
-                                  <wp:docPr id="5" name="Imagen 5"/>
+                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="795E07AC" wp14:editId="275937EA">
+                                  <wp:extent cx="1847850" cy="1933266"/>
+                                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                                  <wp:docPr id="5" name="Imagen 5" descr="D:\Datos importantes\ELENA\Articulo de imagenes\IMG-20240219-WA0019.jpg"/>
                                   <wp:cNvGraphicFramePr>
                                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                                   </wp:cNvGraphicFramePr>
                                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                         <pic:nvPicPr>
-                                          <pic:cNvPr id="0" name="Picture 1"/>
+                                          <pic:cNvPr id="0" name="Picture 3" descr="D:\Datos importantes\ELENA\Articulo de imagenes\IMG-20240219-WA0019.jpg"/>
                                           <pic:cNvPicPr>
                                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                           </pic:cNvPicPr>
                                         </pic:nvPicPr>
                                         <pic:blipFill>
-                                          <a:blip r:embed="rId17">
+                                          <a:blip r:embed="rId20">
                                             <a:extLst>
                                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                               </a:ext>
                                             </a:extLst>
                                           </a:blip>
                                           <a:srcRect/>
                                           <a:stretch>
                                             <a:fillRect/>
                                           </a:stretch>
                                         </pic:blipFill>
                                         <pic:spPr bwMode="auto">
                                           <a:xfrm>
                                             <a:off x="0" y="0"/>
-                                            <a:ext cx="1245488" cy="1194021"/>
+                                            <a:ext cx="1875882" cy="1962594"/>
                                           </a:xfrm>
                                           <a:prstGeom prst="rect">
                                             <a:avLst/>
                                           </a:prstGeom>
                                           <a:noFill/>
                                           <a:ln>
                                             <a:noFill/>
                                           </a:ln>
                                         </pic:spPr>
                                       </pic:pic>
                                     </a:graphicData>
                                   </a:graphic>
                                 </wp:inline>
                               </w:drawing>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Cuadro de texto 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:110.25pt;height:105.75pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA2G7iTJAIAACMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vti5ra0Rp+jSZRjQ&#10;XYBuH0BLcixMFj1JiZ19fSk5TbPtbZgfBNIkD8lDcnU7tIYdlPMabcmnk5wzZQVKbXcl//5t++aa&#10;Mx/ASjBoVcmPyvPb9etXq74r1AwbNFI5RiDWF31X8iaErsgyLxrVgp9gpywZa3QtBFLdLpMOekJv&#10;TTbL87dZj052DoXynv7ej0a+Tvh1rUT4UtdeBWZKTrWF9Lr0VvHN1isodg66RotTGfAPVbSgLSU9&#10;Q91DALZ3+i+oVguHHuswEdhmWNdaqNQDdTPN/+jmsYFOpV6IHN+dafL/D1Z8Pnx1TMuSzzmz0NKI&#10;NnuQDplULKghIJtFkvrOF+T72JF3GN7hQMNODfvuAcUPzyxuGrA7decc9o0CSUVOY2R2ETri+AhS&#10;9Z9QUjbYB0xAQ+3ayCBxwgidhnU8D4jqYCKmXOT59GrJmSDbdL6Y57NlygHFc3jnfPigsGVRKLmj&#10;DUjwcHjwIZYDxbNLzObRaLnVxiTF7aqNcewAtC3b9J3Qf3MzlvUlv1lS7hhlMcanRWp1oG02ui35&#10;dR6/GA5FpOO9lUkOoM0oUyXGnviJlIzkhKEayDGSVqE8ElMOx62lKyOhQfeLs542tuT+5x6c4sx8&#10;tMT2zXSxiCuelMXyakaKu7RUlxawgqBKHjgbxU1IZzF2dEdTqXXi66WSU620iYnG09XEVb/Uk9fL&#10;ba+fAAAA//8DAFBLAwQUAAYACAAAACEAN3wzjtsAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;zU7DQAyE70i8w8pIXBDdJCL9CdlUgATi2tIHcBI3ich6o+y2Sd8ew4VerLHGmvmcb2fbqzONvnNs&#10;IF5EoIgrV3fcGDh8vT+uQfmAXGPvmAxcyMO2uL3JMavdxDs670OjJIR9hgbaEIZMa1+1ZNEv3EAs&#10;3tGNFoOsY6PrEScJt71OomipLXYsDS0O9NZS9b0/WQPHz+kh3UzlRzisdk/LV+xWpbsYc383vzyD&#10;CjSH/2P4xRd0KISpdCeuveoNyCPhb4qXJFEKqhQRxynoItfX9MUPAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhADYbuJMkAgAAIwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhADd8M47bAAAABQEAAA8AAAAAAAAAAAAAAAAAfgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" stroked="f">
+              <v:shape id="Cuadro de texto 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:158.25pt;height:165pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDoociJJQIAACMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3bcuNlYcVbbbFNV&#10;2l6kbT8AA45RgXGBxE6/vgPOZqPtW1U/IMYzHM6cOaxvR6PJUTqvwNZ0PsspkZaDUHZf0x/fd29u&#10;KPGBWcE0WFnTk/T0dvP61XroK1lAB1pIRxDE+mroa9qF0FdZ5nknDfMz6KXFZAvOsICh22fCsQHR&#10;jc6KPH+XDeBE74BL7/Hv/ZSkm4TftpKHr23rZSC6psgtpNWltYlrtlmzau9Y3yl+psH+gYVhyuKl&#10;F6h7Fhg5OPUXlFHcgYc2zDiYDNpWcZl6wG7m+YtuHjvWy9QLiuP7i0z+/8HyL8dvjihR07eUWGZw&#10;RNsDEw6IkCTIMQApokhD7yusfeyxOozvYcRhp4Z9/wD8pycWth2ze3nnHAydZAJJzuPJ7OrohOMj&#10;SDN8BoG3sUOABDS2zkQFUROC6Dis02VAyINw/IkTXy2XJSUcc0W+Kss8jTBj1dPx3vnwUYIhcVNT&#10;hw5I8Oz44EOkw6qnknibB63ETmmdArdvttqRI0O37NKXOnhRpi0ZaroqizIhW4jnk5GMCuhmrUxN&#10;b/L4Tf6KcnywIpUEpvS0RybanvWJkkzihLEZsTCK1oA4oVIOJtfiK8NNB+43JQM6tqb+14E5SYn+&#10;ZFHt1XyxiBZPwaJcFhi460xznWGWI1RNAyXTdhvSs4g6WLjDqbQq6fXM5MwVnZhkPL+aaPXrOFU9&#10;v+3NHwAAAP//AwBQSwMEFAAGAAgAAAAhACayFf3bAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j8FOw0AMRO+V+IeVkbhUdFNKUwjZVIAE4trSD3CybhKR9UbZbZP+PYYLXKyxxpp5zreT69SZhtB6&#10;NrBcJKCIK29brg0cPt9uH0CFiGyx80wGLhRgW1zNcsysH3lH532slYRwyNBAE2OfaR2qhhyGhe+J&#10;xTv6wWGUdai1HXCUcNfpuyRJtcOWpaHBnl4bqr72J2fg+DHO149j+R4Pm919+oLtpvQXY26up+cn&#10;UJGm+HcMP/iCDoUwlf7ENqjOgDwSf6d4q2W6BlWKWCUJ6CLX/+mLbwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQDoociJJQIAACMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQAmshX92wAAAAUBAAAPAAAAAAAAAAAAAAAAAH8EAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAhwUAAAAA&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00E41A19" w:rsidRDefault="00C236C2" w:rsidP="001F687F">
+                    <w:p w:rsidR="00E41A19" w:rsidRDefault="00F93D66" w:rsidP="001F687F">
                       <w:pPr>
                         <w:jc w:val="both"/>
                       </w:pPr>
-                      <w:r>
+                      <w:r w:rsidRPr="00252A84">
                         <w:rPr>
+                          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                           <w:noProof/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
                         </w:rPr>
                         <w:drawing>
-                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7BD4E499" wp14:editId="3152CE26">
-[...2 lines deleted...]
-                            <wp:docPr id="5" name="Imagen 5"/>
+                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="795E07AC" wp14:editId="275937EA">
+                            <wp:extent cx="1847850" cy="1933266"/>
+                            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                            <wp:docPr id="5" name="Imagen 5" descr="D:\Datos importantes\ELENA\Articulo de imagenes\IMG-20240219-WA0019.jpg"/>
                             <wp:cNvGraphicFramePr>
                               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                             </wp:cNvGraphicFramePr>
                             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                   <pic:nvPicPr>
-                                    <pic:cNvPr id="0" name="Picture 1"/>
+                                    <pic:cNvPr id="0" name="Picture 3" descr="D:\Datos importantes\ELENA\Articulo de imagenes\IMG-20240219-WA0019.jpg"/>
                                     <pic:cNvPicPr>
                                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                     </pic:cNvPicPr>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
-                                    <a:blip r:embed="rId18">
+                                    <a:blip r:embed="rId20">
                                       <a:extLst>
                                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                         </a:ext>
                                       </a:extLst>
                                     </a:blip>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr bwMode="auto">
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
-                                      <a:ext cx="1245488" cy="1194021"/>
+                                      <a:ext cx="1875882" cy="1962594"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect">
                                       <a:avLst/>
                                     </a:prstGeom>
                                     <a:noFill/>
                                     <a:ln>
                                       <a:noFill/>
                                     </a:ln>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00E41A19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B04C5C" w:rsidRDefault="00B04C5C" w:rsidP="003958E6">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00F93D66" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00335CC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">RESUMEN </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Las úlceras por presión, también conocidas como escaras, son lesiones en la piel y el tejido subyacente causadas por la presión prolongada sobre una zona del cuerpo. Estas lesiones suelen ocurrir en personas con movilidad limitada que permanecen mucho tiempo en la misma posición, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">como pacientes hospitalizados o personas mayores que pasan largos periodos en cama o silla de ruedas. Las mismas pueden ser dolorosas, difíciles de tratar y pueden llevar a complicaciones graves, como infecciones. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRPr="00335CC8" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00335CC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Palabras clave</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00335CC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Úlcera por presión; Cicatrización de heridas; Calidad de vida; Escaras; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Hebermin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>; Cicatrización.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRPr="00335CC8" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="16"/>
-[...2 lines deleted...]
-        <w:sectPr w:rsidR="00B04C5C" w:rsidSect="00E41A19">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00703E7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ABSTRACT </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRPr="00335CC8" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00335CC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Resumen en inglés. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00335CC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Verdana</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00335CC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10, justificado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRPr="00335CC8" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00703E7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Key </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00703E7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>words</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00335CC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: palabras claves en inglés. Estilo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00335CC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Verdana</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00335CC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10, y justificada</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRPr="007C0729" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C0729">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EXPOSICIÓN DE </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>IMÁGENES</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C0729">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Según la Organización Mundial de la Salud (OMS), se estima que alrededor de 2.6 millones de personas en el mundo desarrollan úlceras por presión cada año. Además, se calcula que entre el 7% y el 10% de los pacientes hospitalizados y hasta el 18% de los ancianos pueden desarrollar úlceras por presión en algún momento. Estas cifras varían según la región y el tipo de población, pero dan una idea de la magnitud del problema a nivel mundial. La prevención y el tratamiento adecuado de las úlceras por presión son fundamentales para reducir su incidencia y mejorar la calidad de vida de las personas afectadas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Hebermin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> es un medicamento cubano desarrollado para el tratamiento de úlceras cutáneas, incluye las úlceras por presión, contiene factores de crecimiento y otros componentes que estimulan la regeneración de la piel y promueven la cicatrización de heridas. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Hebermin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ha mostrado eficacia en la aceleración del proceso de curación de las úlceras, al reducir el tiempo de cicatrización y mejorando la calidad de vida de los pacientes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>SFG</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> es una paciente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> femenina de 75 años de edad y raza blanca</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> con antecedentes patológicos personales de Hipertensión Arterial,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Cardiopatía isquémica y Artrosis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que presenta úlcera por presión Grado IV en región sacra</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>extensa,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sin signos de sepsis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Las imágenes </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>que se presentan a continuación</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> muestran la evolución del proceso de tratamiento en la lesión con el uso del medicamento </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Hebermin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> durante 8 meses, desde su recepción en el Servicio de Terapia Intermedia hasta la total cicatrización de la lesión en el área extra hospitalaria, dónde el mismo equipo de profesionales mantuvo su seguimiento y tratamiento. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se aplicaron medidas de prevención </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de complicaciones </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>y promoción de salud</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se aplicó   un enfoque terapéutico hacia el aspecto nutricional para garantizar la efectividad del tratamiento y la cicatrización de la úlcera para lograr la reincorporación plena de la persona a la sociedad.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004827A6" w:rsidRDefault="004827A6" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="004827A6" w:rsidSect="007C6A52">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="708" w:footer="708" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00252A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="25AA5015" wp14:editId="11CEF1CD">
+            <wp:extent cx="2067967" cy="2295525"/>
+            <wp:effectExtent l="0" t="0" r="8890" b="0"/>
+            <wp:docPr id="23" name="Imagen 23" descr="D:\Datos importantes\ELENA\Articulo de imagenes\IMG-20240219-WA0014.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="D:\Datos importantes\ELENA\Articulo de imagenes\IMG-20240219-WA0014.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId21" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2098395" cy="2329301"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B0FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Imagen 1: Lesión por presión Grado IV en región sacra</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B0FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> con pérdida completa del grosor de la piel</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B0FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>se aprecia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B0FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> daño tisular extenso y necrosis de los tejidos, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>así como</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B0FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> presencia de chapa necrótica</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Fecha: 6/12/2022</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRPr="005B0FC3" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00252A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4B1EF37A" wp14:editId="7D6F7D63">
+            <wp:extent cx="2430901" cy="2390775"/>
+            <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+            <wp:docPr id="24" name="Imagen 24" descr="D:\Datos importantes\ELENA\Articulo de imagenes\IMG-20240219-WA0015.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2" descr="D:\Datos importantes\ELENA\Articulo de imagenes\IMG-20240219-WA0015.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId22" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2464695" cy="2424011"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRPr="005B0FC3" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B0FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Imagen 2: Lesión por presión posterior a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B0FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>necrectomía</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B0FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dónde se observan abundantes esfacelos. Con 29 días de evolución </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B0FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tratamiento con </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B0FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Hebermin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B0FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fecha: 3/1/2023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00252A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="392A38A6" wp14:editId="23CC118C">
+            <wp:extent cx="2276475" cy="2381706"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="25" name="Imagen 25" descr="D:\Datos importantes\ELENA\Articulo de imagenes\IMG-20240219-WA0019.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 3" descr="D:\Datos importantes\ELENA\Articulo de imagenes\IMG-20240219-WA0019.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId20" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2294229" cy="2400281"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B0FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Imagen 3: Lesión por presión de dos meses de evolución con aplicación del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B0FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Hebermin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B0FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>e observa tejido útil de granulación, no secreción, escasos esfacelos hacia el borde lateral</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Fecha: 23/2/2023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004827A6" w:rsidRPr="005B0FC3" w:rsidRDefault="004827A6" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00252A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="66C9E825" wp14:editId="6ADBCDCC">
+            <wp:extent cx="2633883" cy="2514600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="6" name="Imagen 6" descr="D:\Datos importantes\ELENA\Articulo de imagenes\IMG-20240219-WA0018.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 4" descr="D:\Datos importantes\ELENA\Articulo de imagenes\IMG-20240219-WA0018.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId23" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2673409" cy="2552336"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRPr="005B0FC3" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B0FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Imagen 4: Lesión con 191 días</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B0FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ya en proceso de cicatrización</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B0FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> con bordes afrontados</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Fecha: 16/6/2023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004827A6" w:rsidRDefault="004827A6" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="004827A6" w:rsidSect="004827A6">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:num="2" w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003958E6" w:rsidRPr="00FC48D6" w:rsidRDefault="003958E6" w:rsidP="003958E6">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00F93D66" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00252A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D72FCB4" wp14:editId="0F5546F5">
+            <wp:extent cx="3143250" cy="3201376"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="7" name="Imagen 7" descr="D:\Datos importantes\ELENA\Articulo de imagenes\IMG-20240219-WA0017.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 5" descr="D:\Datos importantes\ELENA\Articulo de imagenes\IMG-20240219-WA0017.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId24">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3161384" cy="3219845"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B0FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Imagen 5: Lesión cicatri</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zada en su totalidad, después de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B0FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">210 días de evolución. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Fecha: 5/7/2023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004827A6" w:rsidRDefault="004827A6" w:rsidP="00F93D66">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...1011 lines deleted...]
-        <w:sectPr w:rsidR="00F8484B" w:rsidRPr="00335CC8" w:rsidSect="00B04C5C">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="004827A6" w:rsidSect="004827A6">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
+    <w:p w:rsidR="004827A6" w:rsidRDefault="004827A6" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="004827A6" w:rsidSect="007C6A52">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="708" w:footer="708" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004827A6" w:rsidRDefault="004827A6" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRPr="00A318B1" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A318B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>FINANCIACIÓN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRPr="00A318B1" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A318B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>No se recibió financiación para el desarrollo del presente estudio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRPr="00A318B1" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A318B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>CONFLICTOS DE INTERESES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F93D66" w:rsidRPr="00A318B1" w:rsidRDefault="00F93D66" w:rsidP="00F93D66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A318B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>No se declaran conflictos de intereses.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F00FB" w:rsidRDefault="004F00FB" w:rsidP="00335CC8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004F00FB" w:rsidRPr="00335CC8" w:rsidRDefault="004F00FB" w:rsidP="00335CC8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="004F00FB" w:rsidRPr="00335CC8" w:rsidSect="007C6A52">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="708" w:footer="708" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidR="00F515E2" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
       <w:pPr>
         <w:pStyle w:val="Encabezado"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F515E2" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
       <w:pPr>
         <w:pStyle w:val="Encabezado"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
@@ -3078,1374 +3166,1381 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00586919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Los autores del presente trabajo se comprometen a cumplir las siguientes normas:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w:rsidR="004C5D0B" w:rsidRPr="00586919" w:rsidRDefault="004C5D0B" w:rsidP="004C5D0B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00586919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Todos los autores mencionados participaron del artículo científico y se responsabilizan por este. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+        <w:t>Todos los autores mencionados participaron del artículo científico</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> revisaron la versión final del trabajo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se responsabilizan por este</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009666F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">y aprobaron la publicación en la Revista </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ciencias Médicas y Vida</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C5D0B" w:rsidRPr="00586919" w:rsidRDefault="004C5D0B" w:rsidP="004C5D0B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w:rsidR="004C5D0B" w:rsidRPr="00586919" w:rsidRDefault="004C5D0B" w:rsidP="004C5D0B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00586919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Todos los autores revisaron la versión final del trabajo y aprobaron la publicación en la Revista </w:t>
+        <w:t>Este trabajo, u otro semejante en contenido, no ha sido publicado en otra revista ni como parte de un libro, ni está sometido a revisión en otro espacio editorial</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Ciencias Médicas y Vida</w:t>
+        <w:t>, por lo que es original e inédito</w:t>
       </w:r>
       <w:r w:rsidRPr="00586919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w:rsidR="004C5D0B" w:rsidRPr="00586919" w:rsidRDefault="004C5D0B" w:rsidP="004C5D0B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w:rsidR="004C5D0B" w:rsidRDefault="004C5D0B" w:rsidP="004C5D0B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00586919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Este trabajo, u otro semejante en contenido, no ha sido publicado en otra revista ni como parte de un libro, ni está sometido a revisión en otro espacio editorial</w:t>
+        <w:t xml:space="preserve">De acuerdo con la Licencia por la que se rige la revista (Licencia </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Creative</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Commons</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Atribución-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>NoComercial</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>CompartirIgual</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4.0 Internacional</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>, por lo que es original e inédito</w:t>
+        <w:t>),</w:t>
       </w:r>
       <w:r w:rsidRPr="00586919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+        <w:t xml:space="preserve"> los autores conservarán todos los derechos sobre la obra siempre y cuando se cite la fuente primaria de publicación (RC</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>MV</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) y no se use con fines comerciales. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C5D0B" w:rsidRPr="003C0432" w:rsidRDefault="004C5D0B" w:rsidP="004C5D0B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w:rsidR="004C5D0B" w:rsidRDefault="004C5D0B" w:rsidP="004C5D0B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00586919">
-[...78 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>),</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> los autores conservarán todos los derechos sobre la obra siempre y cuando se cite la fuente primaria de publicación (RC</w:t>
+        <w:t>Por lo tanto, d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0432">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>e manera libre, voluntaria y a título gratuito, cedo (cedemos) mis (nuestros) derechos a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>MV</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="00F515E2" w:rsidRPr="003C0432" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D22C6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Revista </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D22C6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ciencias Médicas y </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D22C6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Vida</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D22C6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>para que reproduzca, edite, publique, distribuya y ponga a disposición a través de intranets, internet</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, impresión o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D22C6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CD dicha obra, sin limitación alguna de forma o tiempo y con la obligación expresa de respetar y mencionar el crédito que me (nos) corresponde en cualquier utilización que se haga de la misma. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C5D0B" w:rsidRPr="00D22C6B" w:rsidRDefault="004C5D0B" w:rsidP="004C5D0B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w:rsidR="004C5D0B" w:rsidRDefault="004C5D0B" w:rsidP="004C5D0B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...22 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00D22C6B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-          <w:b/>
-[...58 lines deleted...]
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00D22C6B" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Queda entendido que esta autorización no es una cesión o transmisión de alguno de mis (nuestros) derechos patrimoniales en favor de la mencionada institución, ni tampoco una licencia exclusiva, pues sólo tendrá una vigencia de un año a partir de la fecha de publicación.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C5D0B" w:rsidRDefault="004C5D0B" w:rsidP="004C5D0B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w:rsidR="004C5D0B" w:rsidRDefault="004C5D0B" w:rsidP="004C5D0B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D22C6B">
-[...8 lines deleted...]
-    <w:p w:rsidR="00F515E2" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+      <w:r w:rsidRPr="0006465C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Los autores declaran que se han seguido los protocolos necesarios para la protección de los datos de los informantes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, previo consentimiento informado y cumplimiento de los demás principios éticos de la investigación científica y de la bioética, aprobado por el comité de ética de su institución</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007969AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C5D0B" w:rsidRPr="006855CF" w:rsidRDefault="004C5D0B" w:rsidP="004C5D0B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w:rsidR="004C5D0B" w:rsidRPr="00586919" w:rsidRDefault="004C5D0B" w:rsidP="004C5D0B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0006465C">
-[...46 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00AE0A6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>He acotado según el estilo Vancouver, todas las referencias utilizadas, y no he cometido plagio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C5D0B" w:rsidRDefault="004C5D0B" w:rsidP="004C5D0B">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C5D0B" w:rsidRDefault="004C5D0B" w:rsidP="004C5D0B">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...34 lines deleted...]
-      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00491EAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Autorizo a publicar el manuscrito en la versión electrónica e impresa de la Revista de Ciencias Médicas y de la Vida.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C5D0B" w:rsidRPr="009666F4" w:rsidRDefault="004C5D0B" w:rsidP="004C5D0B">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C5D0B" w:rsidRPr="00491EAE" w:rsidRDefault="004C5D0B" w:rsidP="004C5D0B">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Es de mi conocimiento que el equipo editorial de la revista, podrá utilizar la IA para una revisión inicial del manuscrito; lo cual autorizo al momento de firmar esta carta.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D3A24" w:rsidRPr="00586919" w:rsidRDefault="005D3A24" w:rsidP="005D3A24">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE0A6D">
-[...8 lines deleted...]
-    <w:p w:rsidR="00F43247" w:rsidRDefault="00F43247" w:rsidP="00F43247">
+      <w:bookmarkStart w:id="3" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w:rsidR="005D3A24" w:rsidRPr="00586919" w:rsidRDefault="005D3A24" w:rsidP="005D3A24">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-        </w:numPr>
+      <w:r w:rsidRPr="00C316A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Nota importante</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C316A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Los autores deben informar, dado el caso, del </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C316A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>uso de herramientas de Inteligencia Artificial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C316A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>; en cuyo caso debe aclarar con todo nivel de detalle, sobre el uso que le dio, y en qué parte del proceso de investigación y del documento se utilizó. Queda a consideración de los evaluadores, del director y de la Editora Ejecutiva, si se acepta o no para publicación.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D3A24" w:rsidRPr="00586919" w:rsidRDefault="005D3A24" w:rsidP="005D3A24">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D3A24" w:rsidRPr="001271E6" w:rsidRDefault="005D3A24" w:rsidP="005D3A24">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001271E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Conflicto de intereses</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D3A24" w:rsidRDefault="005D3A24" w:rsidP="005D3A24">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001271E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Los autores declaran que no existe conflicto de intereses.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Autorizo a publicar el manuscrito en la versión electrónica en impresa de la Revista de Ciencias Médicas y de la Vida.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F43247" w:rsidRPr="00586919" w:rsidRDefault="00F43247" w:rsidP="00F43247">
+        <w:t xml:space="preserve"> (Si existiera algún conflicto de intereses deben explicarlo.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D3A24" w:rsidRPr="001271E6" w:rsidRDefault="005D3A24" w:rsidP="005D3A24">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F515E2" w:rsidRPr="00586919" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
+    <w:p w:rsidR="005D3A24" w:rsidRDefault="005D3A24" w:rsidP="005D3A24">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00A260AB" w:rsidRPr="00586919" w:rsidRDefault="00A260AB" w:rsidP="00A260AB">
+      <w:r w:rsidRPr="001271E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Contribución de los autores</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001271E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (añadir el nombre los autores que contribuyen en cada una de las siguientes etapas del desarrollo de la investigación y/o del manuscrito</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sometido a proceso editorial en la Revista de Ciencias Médicas y de la Vida</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001271E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D3A24" w:rsidRPr="001271E6" w:rsidRDefault="005D3A24" w:rsidP="005D3A24">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Nota importante</w:t>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D3A24" w:rsidRPr="001271E6" w:rsidRDefault="005D3A24" w:rsidP="005D3A24">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001271E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Conceptualización: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D3A24" w:rsidRDefault="005D3A24" w:rsidP="005D3A24">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001271E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Análisis formal: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D3A24" w:rsidRPr="001271E6" w:rsidRDefault="005D3A24" w:rsidP="005D3A24">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001271E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Investigación: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D3A24" w:rsidRDefault="005D3A24" w:rsidP="005D3A24">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001271E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Metodología: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D3A24" w:rsidRPr="001271E6" w:rsidRDefault="005D3A24" w:rsidP="005D3A24">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001271E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Administración del proyecto: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D3A24" w:rsidRPr="001271E6" w:rsidRDefault="005D3A24" w:rsidP="005D3A24">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001271E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Supervisión: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D3A24" w:rsidRPr="001271E6" w:rsidRDefault="005D3A24" w:rsidP="005D3A24">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001271E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Redacción-borrador original: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D3A24" w:rsidRPr="00586919" w:rsidRDefault="005D3A24" w:rsidP="005D3A24">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001271E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Redacción-revisión y edición: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB0B65" w:rsidRPr="00586919" w:rsidRDefault="00CB0B65" w:rsidP="00CB0B65">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB0B65" w:rsidRDefault="00CB0B65" w:rsidP="00FE0774">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE0774" w:rsidRPr="00586919" w:rsidRDefault="00FE0774" w:rsidP="00FE0774">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ciudad/País: ________________________/_________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE0774" w:rsidRPr="00586919" w:rsidRDefault="00FE0774" w:rsidP="00FE0774">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE0774" w:rsidRPr="00586919" w:rsidRDefault="00FE0774" w:rsidP="00FE0774">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Fecha: _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE0774" w:rsidRPr="00586919" w:rsidRDefault="00FE0774" w:rsidP="00FE0774">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE0774" w:rsidRPr="00586919" w:rsidRDefault="00FE0774" w:rsidP="00FE0774">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Firma de los autores </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...81 lines deleted...]
-        <w:t>Los autores declaran que no existe conflicto de intereses.</w:t>
+        <w:t xml:space="preserve">precedido por su nombre </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00586919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Si existiera algún conflicto de intereses deben explicarlo.)</w:t>
-[...267 lines deleted...]
-      </w:pPr>
+        <w:t>pegar aquí en</w:t>
+      </w:r>
       <w:r w:rsidRPr="00586919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ciudad/País: ________________________/_________________________ </w:t>
-[...98 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> formato digital y en un tamaño pequeño que no haga que el documento exceda los 300Kb)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A260AB" w:rsidRDefault="00A260AB" w:rsidP="00A260AB"/>
+    <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00FE0774"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4414"/>
         <w:gridCol w:w="4414"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A260AB" w:rsidTr="00006922">
+      <w:tr w:rsidR="00FE0774" w:rsidTr="00006922">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A260AB" w:rsidRDefault="00A260AB" w:rsidP="00006922">
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922">
             <w:r>
               <w:t>Nombre completo de cada Autor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A260AB" w:rsidRDefault="00A260AB" w:rsidP="00006922">
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922">
             <w:r>
               <w:t>Firma de cada autor</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A260AB" w:rsidTr="00006922">
+      <w:tr w:rsidR="00FE0774" w:rsidTr="00006922">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A260AB" w:rsidRDefault="00A260AB" w:rsidP="00006922"/>
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A260AB" w:rsidRDefault="00A260AB" w:rsidP="00006922"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00A260AB" w:rsidRDefault="00A260AB" w:rsidP="00006922"/>
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922"/>
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922"/>
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922"/>
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922"/>
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A260AB" w:rsidTr="00006922">
+      <w:tr w:rsidR="00FE0774" w:rsidTr="00006922">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A260AB" w:rsidRDefault="00A260AB" w:rsidP="00006922"/>
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A260AB" w:rsidRDefault="00A260AB" w:rsidP="00006922"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00A260AB" w:rsidRDefault="00A260AB" w:rsidP="00006922"/>
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922"/>
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922"/>
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922"/>
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922"/>
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A260AB" w:rsidTr="00006922">
+      <w:tr w:rsidR="00FE0774" w:rsidTr="00006922">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A260AB" w:rsidRDefault="00A260AB" w:rsidP="00006922"/>
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A260AB" w:rsidRDefault="00A260AB" w:rsidP="00006922"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00A260AB" w:rsidRDefault="00A260AB" w:rsidP="00006922"/>
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922"/>
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922"/>
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922"/>
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922"/>
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A260AB" w:rsidTr="00006922">
+      <w:tr w:rsidR="00FE0774" w:rsidTr="00006922">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A260AB" w:rsidRDefault="00A260AB" w:rsidP="00006922"/>
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A260AB" w:rsidRDefault="00A260AB" w:rsidP="00006922"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00A260AB" w:rsidRDefault="00A260AB" w:rsidP="00006922"/>
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922"/>
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922"/>
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922"/>
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922"/>
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A260AB" w:rsidTr="00006922">
+      <w:tr w:rsidR="00FE0774" w:rsidTr="00006922">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A260AB" w:rsidRDefault="00A260AB" w:rsidP="00006922"/>
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A260AB" w:rsidRDefault="00A260AB" w:rsidP="00006922"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00A260AB" w:rsidRDefault="00A260AB" w:rsidP="00006922"/>
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922"/>
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922"/>
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922"/>
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922"/>
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A260AB" w:rsidTr="00006922">
+      <w:tr w:rsidR="00FE0774" w:rsidTr="00006922">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A260AB" w:rsidRDefault="00A260AB" w:rsidP="00006922"/>
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A260AB" w:rsidRDefault="00A260AB" w:rsidP="00006922"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00A260AB" w:rsidRDefault="00A260AB" w:rsidP="00006922"/>
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922"/>
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922"/>
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922"/>
+          <w:p w:rsidR="00FE0774" w:rsidRDefault="00FE0774" w:rsidP="00006922"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A260AB" w:rsidRPr="00D12D0B" w:rsidRDefault="00A260AB" w:rsidP="00A260AB">
+    <w:p w:rsidR="00FE0774" w:rsidRPr="00D12D0B" w:rsidRDefault="00FE0774" w:rsidP="00FE0774">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3240"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F515E2" w:rsidRPr="009E25D5" w:rsidRDefault="00F515E2" w:rsidP="00F515E2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007C4192" w:rsidRPr="00D12D0B" w:rsidRDefault="00144CB7" w:rsidP="00D12D0B">
+    <w:p w:rsidR="007C4192" w:rsidRPr="00D12D0B" w:rsidRDefault="000F5DB1" w:rsidP="00D12D0B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3240"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007C4192" w:rsidRPr="00D12D0B" w:rsidSect="00BB1D6C">
-      <w:headerReference w:type="default" r:id="rId19"/>
-      <w:footerReference w:type="default" r:id="rId20"/>
+      <w:headerReference w:type="default" r:id="rId25"/>
+      <w:footerReference w:type="default" r:id="rId26"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="741" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00144CB7" w:rsidRDefault="00144CB7" w:rsidP="00C26042">
+    <w:p w:rsidR="000F5DB1" w:rsidRDefault="000F5DB1" w:rsidP="00C26042">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00144CB7" w:rsidRDefault="00144CB7" w:rsidP="00C26042">
+    <w:p w:rsidR="000F5DB1" w:rsidRDefault="000F5DB1" w:rsidP="00C26042">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
@@ -4484,107 +4579,2443 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00CE4525" w:rsidRDefault="00CE4525">
+    <w:pPr>
+      <w:pStyle w:val="Piedepgina"/>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="00591CC1" w:rsidRDefault="00591CC1"/>
+  <w:sdt>
+    <w:sdtPr>
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
+      <w:id w:val="186803936"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w:rsidR="00844FFA" w:rsidRDefault="00C5259B" w:rsidP="00E41A19">
+        <w:pPr>
+          <w:autoSpaceDE w:val="0"/>
+          <w:autoSpaceDN w:val="0"/>
+          <w:adjustRightInd w:val="0"/>
+          <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rPr>
+            <w:b/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="00286663">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:noProof/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3CEA9093" wp14:editId="0DB9299A">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:posOffset>5505450</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>66676</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="896620" cy="904082"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="54" name="Imagen 54"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:nvPicPr>
+                      <pic:cNvPr id="1" name=""/>
+                      <pic:cNvPicPr/>
+                    </pic:nvPicPr>
+                    <pic:blipFill>
+                      <a:blip r:embed="rId1" cstate="print">
+                        <a:extLst>
+                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </a:blip>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </pic:blipFill>
+                    <pic:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="898538" cy="906016"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </pic:spPr>
+                  </pic:pic>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </w:r>
+      </w:p>
+      <w:p w:rsidR="00E41A19" w:rsidRDefault="00E41A19" w:rsidP="00E41A19">
+        <w:pPr>
+          <w:autoSpaceDE w:val="0"/>
+          <w:autoSpaceDN w:val="0"/>
+          <w:adjustRightInd w:val="0"/>
+          <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="0064767C">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>*</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00540438">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>Autor para correspondencia</w:t>
+        </w:r>
+        <w:r w:rsidRPr="0064767C">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t xml:space="preserve">: Miday Columbié Pileta. Correo electrónico: </w:t>
+        </w:r>
+        <w:hyperlink r:id="rId2" w:history="1">
+          <w:r w:rsidRPr="00877091">
+            <w:rPr>
+              <w:rStyle w:val="Hipervnculo"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>midayba77@gmail.com</w:t>
+          </w:r>
+        </w:hyperlink>
+      </w:p>
+      <w:p w:rsidR="00E41A19" w:rsidRPr="0064767C" w:rsidRDefault="00E41A19" w:rsidP="00E41A19">
+        <w:pPr>
+          <w:autoSpaceDE w:val="0"/>
+          <w:autoSpaceDN w:val="0"/>
+          <w:adjustRightInd w:val="0"/>
+          <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+        </w:pPr>
+      </w:p>
+      <w:p w:rsidR="00E41A19" w:rsidRDefault="00C5259B" w:rsidP="00C5259B">
+        <w:pPr>
+          <w:autoSpaceDE w:val="0"/>
+          <w:autoSpaceDN w:val="0"/>
+          <w:adjustRightInd w:val="0"/>
+          <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        </w:pPr>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64F99944" wp14:editId="5679C53B">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:posOffset>4457700</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>4445</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="915670" cy="400050"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="55" name="Imagen 55" descr="Acceso Abierto - Biblioteca CURZA"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:nvPicPr>
+                      <pic:cNvPr id="0" name="Picture 8" descr="Acceso Abierto - Biblioteca CURZA"/>
+                      <pic:cNvPicPr>
+                        <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </pic:cNvPicPr>
+                    </pic:nvPicPr>
+                    <pic:blipFill>
+                      <a:blip r:embed="rId3" cstate="print">
+                        <a:extLst>
+                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </a:blip>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </pic:blipFill>
+                    <pic:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="915670" cy="400050"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </pic:spPr>
+                  </pic:pic>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </w:r>
+        <w:r w:rsidR="00E41A19" w:rsidRPr="0064767C">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>Recibido el 3 de octubre de 201</w:t>
+        </w:r>
+        <w:r w:rsidR="00E41A19">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>22</w:t>
+        </w:r>
+        <w:r w:rsidR="00E41A19" w:rsidRPr="0064767C">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t xml:space="preserve">.  Aceptado el 25 de </w:t>
+        </w:r>
+        <w:r w:rsidR="00E41A19">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>diciembre</w:t>
+        </w:r>
+        <w:r w:rsidR="00E41A19" w:rsidRPr="0064767C">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> de 20</w:t>
+        </w:r>
+        <w:r w:rsidR="00E41A19">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>22</w:t>
+        </w:r>
+        <w:r w:rsidR="00E41A19" w:rsidRPr="0064767C">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t xml:space="preserve">.  </w:t>
+        </w:r>
+      </w:p>
+      <w:p w:rsidR="00E41A19" w:rsidRDefault="00C5259B" w:rsidP="00E41A19">
+        <w:pPr>
+          <w:pStyle w:val="Piedepgina"/>
+        </w:pPr>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:noProof/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653120" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="137DB664" wp14:editId="58CACBB4">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>21590</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="5419725" cy="474345"/>
+              <wp:effectExtent l="0" t="0" r="9525" b="1905"/>
+              <wp:wrapNone/>
+              <wp:docPr id="56" name="Imagen 56">
+                <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId4"/>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:nvPicPr>
+                      <pic:cNvPr id="12" name="Imagen 12">
+                        <a:hlinkClick r:id="rId4"/>
+                      </pic:cNvPr>
+                      <pic:cNvPicPr/>
+                    </pic:nvPicPr>
+                    <pic:blipFill>
+                      <a:blip r:embed="rId5">
+                        <a:extLst>
+                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </a:blip>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </pic:blipFill>
+                    <pic:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="5419725" cy="474345"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </pic:spPr>
+                  </pic:pic>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </w:r>
+      </w:p>
+      <w:p w:rsidR="00E41A19" w:rsidRDefault="00E41A19" w:rsidP="00792B1F">
+        <w:pPr>
+          <w:kinsoku w:val="0"/>
+          <w:overflowPunct w:val="0"/>
+          <w:spacing w:after="0" w:line="204" w:lineRule="exact"/>
+          <w:ind w:left="20"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+        </w:pPr>
+      </w:p>
+      <w:p w:rsidR="00E41A19" w:rsidRDefault="00E41A19" w:rsidP="00792B1F">
+        <w:pPr>
+          <w:kinsoku w:val="0"/>
+          <w:overflowPunct w:val="0"/>
+          <w:spacing w:after="0" w:line="204" w:lineRule="exact"/>
+          <w:ind w:left="20"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+        </w:pPr>
+      </w:p>
+      <w:p w:rsidR="00844FFA" w:rsidRDefault="00844FFA" w:rsidP="00792B1F">
+        <w:pPr>
+          <w:kinsoku w:val="0"/>
+          <w:overflowPunct w:val="0"/>
+          <w:spacing w:after="0" w:line="204" w:lineRule="exact"/>
+          <w:ind w:left="20"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+        </w:pPr>
+      </w:p>
+      <w:p w:rsidR="00844FFA" w:rsidRPr="000A7A36" w:rsidRDefault="00D12D0B" w:rsidP="00792B1F">
+        <w:pPr>
+          <w:kinsoku w:val="0"/>
+          <w:overflowPunct w:val="0"/>
+          <w:spacing w:after="0" w:line="204" w:lineRule="exact"/>
+          <w:ind w:left="20"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>Rev. CMV. 2023;</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:spacing w:val="-1"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>1:</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B940F2">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:spacing w:val="-1"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>e001</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:spacing w:val="-1"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00D85871">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:spacing w:val="-1"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve">                                                                          </w:t>
+        </w:r>
+        <w:r w:rsidR="00D85871" w:rsidRPr="00B940F2">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:spacing w:val="-1"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00D85871" w:rsidRPr="00B940F2">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>e</w:t>
+        </w:r>
+        <w:r w:rsidR="00D85871">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+        <w:r w:rsidR="00D85871" w:rsidRPr="00B940F2">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve">ISSN: </w:t>
+        </w:r>
+        <w:r w:rsidR="00D85871" w:rsidRPr="00462715">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>2958-9533</w:t>
+        </w:r>
+        <w:r w:rsidR="00D85871">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> - </w:t>
+        </w:r>
+        <w:r w:rsidR="00D85871" w:rsidRPr="00B940F2">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>ISSN</w:t>
+        </w:r>
+        <w:r w:rsidR="00D85871">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> impresa</w:t>
+        </w:r>
+        <w:r w:rsidR="00D85871" w:rsidRPr="00B940F2">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>:</w:t>
+        </w:r>
+        <w:r w:rsidR="00D85871">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00D85871" w:rsidRPr="000F1CEA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>2960-2696</w:t>
+        </w:r>
+        <w:r w:rsidR="00CE4525" w:rsidRPr="00B86DD3">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>9533</w:t>
+        </w:r>
+        <w:r w:rsidR="00CE4525" w:rsidRPr="00B940F2">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve">  </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B940F2">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve">  </w:t>
+        </w:r>
+      </w:p>
+      <w:p w:rsidR="00591CC1" w:rsidRDefault="00D12D0B">
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:bookmarkStart w:id="2" w:name="_Hlk117110776" w:displacedByCustomXml="next"/>
+  <w:sdt>
+    <w:sdtPr>
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
+      <w:id w:val="-930285175"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w:rsidR="00844FFA" w:rsidRDefault="00C5259B" w:rsidP="00E41A19">
+        <w:pPr>
+          <w:autoSpaceDE w:val="0"/>
+          <w:autoSpaceDN w:val="0"/>
+          <w:adjustRightInd w:val="0"/>
+          <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rPr>
+            <w:b/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="00286663">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:noProof/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3CEA9093" wp14:editId="0DB9299A">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:posOffset>5505450</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>66676</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="896620" cy="904082"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="4" name="Imagen 4"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:nvPicPr>
+                      <pic:cNvPr id="1" name=""/>
+                      <pic:cNvPicPr/>
+                    </pic:nvPicPr>
+                    <pic:blipFill>
+                      <a:blip r:embed="rId1" cstate="print">
+                        <a:extLst>
+                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </a:blip>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </pic:blipFill>
+                    <pic:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="898538" cy="906016"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </pic:spPr>
+                  </pic:pic>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </w:r>
+      </w:p>
+      <w:p w:rsidR="00E41A19" w:rsidRDefault="00E41A19" w:rsidP="00E41A19">
+        <w:pPr>
+          <w:autoSpaceDE w:val="0"/>
+          <w:autoSpaceDN w:val="0"/>
+          <w:adjustRightInd w:val="0"/>
+          <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="0064767C">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>*</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00540438">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>Autor para correspondencia</w:t>
+        </w:r>
+        <w:r w:rsidRPr="0064767C">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t xml:space="preserve">: </w:t>
+        </w:r>
+        <w:r w:rsidR="00F93D66" w:rsidRPr="00F93D66">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Ernesto </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00F93D66" w:rsidRPr="00F93D66">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>Brull</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00F93D66" w:rsidRPr="00F93D66">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>-Gálvez</w:t>
+        </w:r>
+        <w:r w:rsidRPr="0064767C">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t xml:space="preserve">. Correo electrónico: </w:t>
+        </w:r>
+        <w:hyperlink r:id="rId2" w:history="1">
+          <w:r w:rsidR="00F93D66" w:rsidRPr="00F93D66">
+            <w:rPr>
+              <w:rStyle w:val="Hipervnculo"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>ernestobrull8@gmail.com</w:t>
+          </w:r>
+        </w:hyperlink>
+        <w:r w:rsidR="00F93D66">
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:p>
+      <w:p w:rsidR="00E41A19" w:rsidRPr="0064767C" w:rsidRDefault="00E41A19" w:rsidP="00E41A19">
+        <w:pPr>
+          <w:autoSpaceDE w:val="0"/>
+          <w:autoSpaceDN w:val="0"/>
+          <w:adjustRightInd w:val="0"/>
+          <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+        </w:pPr>
+      </w:p>
+      <w:p w:rsidR="00E41A19" w:rsidRDefault="00C5259B" w:rsidP="00C5259B">
+        <w:pPr>
+          <w:autoSpaceDE w:val="0"/>
+          <w:autoSpaceDN w:val="0"/>
+          <w:adjustRightInd w:val="0"/>
+          <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        </w:pPr>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64F99944" wp14:editId="5679C53B">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:posOffset>4457700</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>4445</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="915670" cy="400050"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="8" name="Imagen 8" descr="Acceso Abierto - Biblioteca CURZA"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:nvPicPr>
+                      <pic:cNvPr id="0" name="Picture 8" descr="Acceso Abierto - Biblioteca CURZA"/>
+                      <pic:cNvPicPr>
+                        <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </pic:cNvPicPr>
+                    </pic:nvPicPr>
+                    <pic:blipFill>
+                      <a:blip r:embed="rId3" cstate="print">
+                        <a:extLst>
+                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </a:blip>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </pic:blipFill>
+                    <pic:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="915670" cy="400050"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </pic:spPr>
+                  </pic:pic>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </w:r>
+        <w:r w:rsidR="00E41A19" w:rsidRPr="0064767C">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Recibido el </w:t>
+        </w:r>
+        <w:r w:rsidR="00F93D66">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>05 de marzo del 2024</w:t>
+        </w:r>
+        <w:r w:rsidR="00E41A19" w:rsidRPr="0064767C">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t xml:space="preserve">.  Aceptado el </w:t>
+        </w:r>
+        <w:r w:rsidR="00F93D66">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>01 de mayo del 2024</w:t>
+        </w:r>
+        <w:r w:rsidR="00E41A19" w:rsidRPr="0064767C">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t xml:space="preserve">.  </w:t>
+        </w:r>
+      </w:p>
+      <w:p w:rsidR="00E41A19" w:rsidRDefault="00C5259B" w:rsidP="00E41A19">
+        <w:pPr>
+          <w:pStyle w:val="Piedepgina"/>
+        </w:pPr>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:noProof/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654144" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="137DB664" wp14:editId="58CACBB4">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>21590</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="5419725" cy="474345"/>
+              <wp:effectExtent l="0" t="0" r="9525" b="1905"/>
+              <wp:wrapNone/>
+              <wp:docPr id="9" name="Imagen 9">
+                <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId4"/>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:nvPicPr>
+                      <pic:cNvPr id="12" name="Imagen 12">
+                        <a:hlinkClick r:id="rId4"/>
+                      </pic:cNvPr>
+                      <pic:cNvPicPr/>
+                    </pic:nvPicPr>
+                    <pic:blipFill>
+                      <a:blip r:embed="rId5">
+                        <a:extLst>
+                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </a:blip>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </pic:blipFill>
+                    <pic:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="5419725" cy="474345"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </pic:spPr>
+                  </pic:pic>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </w:r>
+      </w:p>
+      <w:p w:rsidR="00E41A19" w:rsidRDefault="00E41A19" w:rsidP="00792B1F">
+        <w:pPr>
+          <w:kinsoku w:val="0"/>
+          <w:overflowPunct w:val="0"/>
+          <w:spacing w:after="0" w:line="204" w:lineRule="exact"/>
+          <w:ind w:left="20"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+        </w:pPr>
+      </w:p>
+      <w:p w:rsidR="00E41A19" w:rsidRDefault="00E41A19" w:rsidP="00792B1F">
+        <w:pPr>
+          <w:kinsoku w:val="0"/>
+          <w:overflowPunct w:val="0"/>
+          <w:spacing w:after="0" w:line="204" w:lineRule="exact"/>
+          <w:ind w:left="20"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+        </w:pPr>
+      </w:p>
+      <w:p w:rsidR="00844FFA" w:rsidRDefault="00844FFA" w:rsidP="00792B1F">
+        <w:pPr>
+          <w:kinsoku w:val="0"/>
+          <w:overflowPunct w:val="0"/>
+          <w:spacing w:after="0" w:line="204" w:lineRule="exact"/>
+          <w:ind w:left="20"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+        </w:pPr>
+      </w:p>
+      <w:p w:rsidR="00844FFA" w:rsidRPr="000A7A36" w:rsidRDefault="00D12D0B" w:rsidP="00792B1F">
+        <w:pPr>
+          <w:kinsoku w:val="0"/>
+          <w:overflowPunct w:val="0"/>
+          <w:spacing w:after="0" w:line="204" w:lineRule="exact"/>
+          <w:ind w:left="20"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>Rev. CMV. 202</w:t>
+        </w:r>
+        <w:r w:rsidR="00F93D66">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>;</w:t>
+        </w:r>
+        <w:r w:rsidR="00F93D66">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:spacing w:val="-1"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>2(1-3)</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:spacing w:val="-1"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>:</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B940F2">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:spacing w:val="-1"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>e0</w:t>
+        </w:r>
+        <w:r w:rsidR="00F93D66">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:spacing w:val="-1"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>27</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:spacing w:val="-1"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00D85871">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:spacing w:val="-1"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve">                                                                    </w:t>
+        </w:r>
+        <w:r w:rsidR="00D85871" w:rsidRPr="00B940F2">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:spacing w:val="-1"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00D85871" w:rsidRPr="00B940F2">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>e</w:t>
+        </w:r>
+        <w:r w:rsidR="00D85871">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+        <w:r w:rsidR="00D85871" w:rsidRPr="00B940F2">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve">ISSN: </w:t>
+        </w:r>
+        <w:r w:rsidR="00D85871" w:rsidRPr="00462715">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>2958-9533</w:t>
+        </w:r>
+        <w:r w:rsidR="00D85871">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> - </w:t>
+        </w:r>
+        <w:r w:rsidR="00D85871" w:rsidRPr="00B940F2">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>ISSN</w:t>
+        </w:r>
+        <w:r w:rsidR="00D85871">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> impresa</w:t>
+        </w:r>
+        <w:r w:rsidR="00D85871" w:rsidRPr="00B940F2">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>:</w:t>
+        </w:r>
+        <w:r w:rsidR="00D85871">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00D85871" w:rsidRPr="000F1CEA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>2960-2696</w:t>
+        </w:r>
+        <w:r w:rsidR="00CE4525" w:rsidRPr="00B86DD3">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>9533</w:t>
+        </w:r>
+        <w:r w:rsidR="00CE4525" w:rsidRPr="00B940F2">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve">  </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B940F2">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve">  </w:t>
+        </w:r>
+      </w:p>
+      <w:bookmarkEnd w:id="2"/>
+      <w:p w:rsidR="00D12D0B" w:rsidRDefault="00D12D0B" w:rsidP="003557FA">
+        <w:pPr>
+          <w:pStyle w:val="Piedepgina"/>
+          <w:jc w:val="right"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
   <w:p w:rsidR="00D12D0B" w:rsidRDefault="00D12D0B">
+    <w:pPr>
+      <w:pStyle w:val="Piedepgina"/>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="00591CC1" w:rsidRDefault="00591CC1"/>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="004827A6" w:rsidRDefault="004827A6">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="006004F3" w:rsidRDefault="00144CB7">
+  <w:p w:rsidR="006004F3" w:rsidRDefault="000F5DB1">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00144CB7" w:rsidRDefault="00144CB7" w:rsidP="00C26042">
+    <w:p w:rsidR="000F5DB1" w:rsidRDefault="000F5DB1" w:rsidP="00C26042">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00144CB7" w:rsidRDefault="00144CB7" w:rsidP="00C26042">
+    <w:p w:rsidR="000F5DB1" w:rsidRDefault="000F5DB1" w:rsidP="00C26042">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00D12D0B" w:rsidRDefault="00D12D0B" w:rsidP="003557FA">
+  <w:p w:rsidR="004827A6" w:rsidRDefault="004827A6">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00D12D0B" w:rsidRDefault="00AA3943" w:rsidP="003557FA">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00AA3943">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4184FE25">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:align>center</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-411480</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="6220385" cy="876300"/>
+          <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="21130"/>
+              <wp:lineTo x="21567" y="21130"/>
+              <wp:lineTo x="21567" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="50" name="Imagen 7">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97EC3427-020B-4E24-A10D-F4B10308E943}"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="8" name="Imagen 7">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97EC3427-020B-4E24-A10D-F4B10308E943}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill rotWithShape="1">
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect r="21128"/>
+                  <a:stretch/>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6220385" cy="876300"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:hyperlink r:id="rId2" w:history="1">
+      <w:r w:rsidR="00D12D0B" w:rsidRPr="00A422EC">
+        <w:rPr>
+          <w:rStyle w:val="Hipervnculo"/>
+        </w:rPr>
+        <w:t>https://editorial.udv.edu.gt/index.php/RCMV</w:t>
+      </w:r>
+    </w:hyperlink>
+    <w:r w:rsidR="00D12D0B">
+      <w:t xml:space="preserve">  </w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00C5259B" w:rsidRDefault="00C5259B" w:rsidP="003557FA">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="006004F3" w:rsidRPr="00387A42" w:rsidRDefault="00144CB7" w:rsidP="003312B4">
+  <w:p w:rsidR="004827A6" w:rsidRDefault="004827A6">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="006004F3" w:rsidRDefault="00AA3943" w:rsidP="003312B4">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="es-MX"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00AA3943">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0100A29E">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:align>right</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-354330</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="5612130" cy="790575"/>
+          <wp:effectExtent l="0" t="0" r="7620" b="9525"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="21340"/>
+              <wp:lineTo x="21556" y="21340"/>
+              <wp:lineTo x="21556" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="2" name="Imagen 7">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97EC3427-020B-4E24-A10D-F4B10308E943}"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="8" name="Imagen 7">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97EC3427-020B-4E24-A10D-F4B10308E943}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill rotWithShape="1">
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect r="21128"/>
+                  <a:stretch/>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="5612130" cy="790575"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidR="00F7080A">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="09FE60D6" wp14:editId="7ED5AB23">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>5511800</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>563245</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1453515" cy="151765"/>
+              <wp:effectExtent l="0" t="1270" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="16" name="Text Box 12"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1453515" cy="151765"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w:rsidR="006004F3" w:rsidRDefault="00F7080A" w:rsidP="00601F3B">
+                          <w:pPr>
+                            <w:kinsoku w:val="0"/>
+                            <w:overflowPunct w:val="0"/>
+                            <w:spacing w:line="224" w:lineRule="exact"/>
+                            <w:ind w:left="20"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:color w:val="000000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00F05DEC">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="FFFFFF"/>
+                              <w:spacing w:val="-6"/>
+                            </w:rPr>
+                            <w:t>A</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00F05DEC">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="FFFFFF"/>
+                            </w:rPr>
+                            <w:t>R</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00F05DEC">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="FFFFFF"/>
+                              <w:spacing w:val="3"/>
+                            </w:rPr>
+                            <w:t>T</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00F05DEC">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="FFFFFF"/>
+                              <w:spacing w:val="2"/>
+                            </w:rPr>
+                            <w:t>Í</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00F05DEC">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="FFFFFF"/>
+                            </w:rPr>
+                            <w:t>CULO</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="FFFFFF"/>
+                              <w:spacing w:val="-19"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="FFFFFF"/>
+                            </w:rPr>
+                            <w:t>ORIGI</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="FFFFFF"/>
+                              <w:spacing w:val="4"/>
+                            </w:rPr>
+                            <w:t>N</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="FFFFFF"/>
+                              <w:spacing w:val="-6"/>
+                            </w:rPr>
+                            <w:t>A</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="FFFFFF"/>
+                            </w:rPr>
+                            <w:t>L</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="09FE60D6" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 12" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:434pt;margin-top:44.35pt;width:114.45pt;height:11.95pt;z-index:-251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCF4IAdrQIAAKsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1vmzAQ/j5p/8Hyd8pLgQRUUrUhTJO6&#10;F6ndD3DABGtgM9sJdNP++84mpGmrSdM2PliHfX7unrvHd3U9di06UKmY4Bn2LzyMKC9Fxfguw18e&#10;CmeJkdKEV6QVnGb4kSp8vXr75mroUxqIRrQVlQhAuEqHPsON1n3quqpsaEfUhegph8NayI5o+JU7&#10;t5JkAPSudQPPi91ByKqXoqRKwW4+HeKVxa9rWupPda2oRm2GITdtV2nXrVnd1RVJd5L0DSuPaZC/&#10;yKIjjEPQE1RONEF7yV5BdayUQolaX5Sic0Vds5JaDsDG916wuW9ITy0XKI7qT2VS/w+2/Hj4LBGr&#10;oHcxRpx00KMHOmp0K0bkB6Y+Q69ScLvvwVGPsA++lqvq70T5VSEu1g3hO3ojpRgaSirIzzc33bOr&#10;E44yINvhg6ggDtlrYYHGWnameFAOBOjQp8dTb0wupQkZRpeRH2FUwpkf+Ys4siFIOt/updLvqOiQ&#10;MTIsofcWnRzulDbZkHR2McG4KFjb2v63/NkGOE47EBuumjOThW3nj8RLNsvNMnTCIN44oZfnzk2x&#10;Dp248BdRfpmv17n/08T1w7RhVUW5CTNLyw//rHVHkU+iOIlLiZZVBs6kpORuu24lOhCQdmG/Y0HO&#10;3NznadgiAJcXlPwg9G6DxCni5cIJizBykoW3dDw/uU1iL0zCvHhO6Y5x+u+U0JDhJAqiSUy/5ebZ&#10;7zU3knZMw/BoWZfh5cmJpEaCG17Z1mrC2sk+K4VJ/6kU0O650VawRqOTWvW4HQHFqHgrqkeQrhSg&#10;LNAnTDwwGiG/YzTA9Miw+rYnkmLUvucgfzNqZkPOxnY2CC/haoY1RpO51tNI2veS7RpAnh4YFzfw&#10;RGpm1fuUxfFhwUSwJI7Ty4yc83/r9TRjV78AAAD//wMAUEsDBBQABgAIAAAAIQCpwEfs3wAAAAsB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqN0eTBLiVBWCExIiDQeOTuwmVuN1&#10;iN02/D3bE9xmtKPZN+V28SM72zm6gArWKwHMYheMw17BZ/P6kAGLSaPRY0Cr4MdG2Fa3N6UuTLhg&#10;bc/71DMqwVhoBUNKU8F57AbrdVyFySLdDmH2OpGde25mfaFyP/KNEJJ77ZA+DHqyz4PtjvuTV7D7&#10;wvrFfb+3H/Whdk2TC3yTR6Xu75bdE7Bkl/QXhis+oUNFTG04oYlsVJDJjLYkEtkjsGtA5DIH1pJa&#10;byTwquT/N1S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIXggB2tAgAAqwUAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKnAR+zfAAAACwEAAA8A&#10;AAAAAAAAAAAAAAAABwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAATBgAAAAA=&#10;" o:allowincell="f" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w:rsidR="006004F3" w:rsidRDefault="00F7080A" w:rsidP="00601F3B">
+                    <w:pPr>
+                      <w:kinsoku w:val="0"/>
+                      <w:overflowPunct w:val="0"/>
+                      <w:spacing w:line="224" w:lineRule="exact"/>
+                      <w:ind w:left="20"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:color w:val="000000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00F05DEC">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="FFFFFF"/>
+                        <w:spacing w:val="-6"/>
+                      </w:rPr>
+                      <w:t>A</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00F05DEC">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="FFFFFF"/>
+                      </w:rPr>
+                      <w:t>R</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00F05DEC">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="FFFFFF"/>
+                        <w:spacing w:val="3"/>
+                      </w:rPr>
+                      <w:t>T</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00F05DEC">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="FFFFFF"/>
+                        <w:spacing w:val="2"/>
+                      </w:rPr>
+                      <w:t>Í</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00F05DEC">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="FFFFFF"/>
+                      </w:rPr>
+                      <w:t>CULO</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="FFFFFF"/>
+                        <w:spacing w:val="-19"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="FFFFFF"/>
+                      </w:rPr>
+                      <w:t>ORIGI</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="FFFFFF"/>
+                        <w:spacing w:val="4"/>
+                      </w:rPr>
+                      <w:t>N</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="FFFFFF"/>
+                        <w:spacing w:val="-6"/>
+                      </w:rPr>
+                      <w:t>A</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="FFFFFF"/>
+                      </w:rPr>
+                      <w:t>L</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00F7080A">
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="6613484C" wp14:editId="0CC98778">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>5511800</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>563245</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1453515" cy="151765"/>
+              <wp:effectExtent l="0" t="1270" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1" name="Text Box 24"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1453515" cy="151765"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w:rsidR="006004F3" w:rsidRDefault="00F7080A" w:rsidP="00415FB0">
+                          <w:pPr>
+                            <w:kinsoku w:val="0"/>
+                            <w:overflowPunct w:val="0"/>
+                            <w:spacing w:line="224" w:lineRule="exact"/>
+                            <w:ind w:left="20"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:color w:val="000000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="FFFFFF"/>
+                              <w:spacing w:val="-6"/>
+                            </w:rPr>
+                            <w:t>EDITORIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape w14:anchorId="6613484C" id="Text Box 24" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:434pt;margin-top:44.35pt;width:114.45pt;height:11.95pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDpMuVIrwIAALEFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1vmzAQ/j5p/8Hyd8pLIQkopEpDmCZ1&#10;L1K7H+CACdbAZrYT6Kb9951NSNNWk6ZtfLAO+/zcPXePb3kztA06UqmY4Cn2rzyMKC9Eyfg+xV8e&#10;cmeBkdKEl6QRnKb4kSp8s3r7Ztl3CQ1ELZqSSgQgXCV9l+Ja6y5xXVXUtCXqSnSUw2ElZEs0/Mq9&#10;W0rSA3rbuIHnzdxeyLKToqBKwW42HuKVxa8qWuhPVaWoRk2KITdtV2nXnVnd1ZIke0m6mhWnNMhf&#10;ZNESxiHoGSojmqCDZK+gWlZIoUSlrwrRuqKqWEEtB2Djey/Y3Neko5YLFEd15zKp/wdbfDx+loiV&#10;0DuMOGmhRQ900OhWDCgITXn6TiXgdd+Bnx5g37gaqqq7E8VXhbjY1ITv6VpK0deUlJCeb266F1dH&#10;HGVAdv0HUUIcctDCAg2VbA0gVAMBOrTp8dwak0thQobRdeRHGBVw5kf+fBbZECSZbndS6XdUtMgY&#10;KZbQeotOjndKm2xIMrmYYFzkrGls+xv+bAMcxx2IDVfNmcnCdvNH7MXbxXYROmEw2zqhl2XOOt+E&#10;ziz351F2nW02mf/TxPXDpGZlSbkJMynLD/+scyeNj5o4a0uJhpUGzqSk5H63aSQ6ElB2br9TQS7c&#10;3Odp2CIAlxeU/CD0boPYyWeLuRPmYeTEc2/heH58G8+8MA6z/DmlO8bpv1NCfYrjKIhGMf2Wm2e/&#10;19xI0jINs6NhbYoXZyeSGAlueWlbqwlrRvuiFCb9p1JAu6dGW8EajY5q1cNuOD0NADNi3onyERQs&#10;BQgMZApzD4xayO8Y9TBDUqy+HYikGDXvObwCM3AmQ07GbjIIL+BqijVGo7nR42A6dJLta0Ae3xkX&#10;a3gpFbMifsri9L5gLlgupxlmBs/lv/V6mrSrXwAAAP//AwBQSwMEFAAGAAgAAAAhAKnAR+zfAAAA&#10;CwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo3R5MEuJUFYITEiINB45O7CZW&#10;43WI3Tb8PdsT3Ga0o9k35XbxIzvbObqACtYrAcxiF4zDXsFn8/qQAYtJo9FjQKvgx0bYVrc3pS5M&#10;uGBtz/vUMyrBWGgFQ0pTwXnsBut1XIXJIt0OYfY6kZ17bmZ9oXI/8o0QknvtkD4MerLPg+2O+5NX&#10;sPvC+sV9v7cf9aF2TZMLfJNHpe7vlt0TsGSX9BeGKz6hQ0VMbTihiWxUkMmMtiQS2SOwa0DkMgfW&#10;klpvJPCq5P83VL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA6TLlSK8CAACxBQAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAqcBH7N8AAAALAQAA&#10;DwAAAAAAAAAAAAAAAAAJBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABUGAAAAAA==&#10;" o:allowincell="f" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w:rsidR="006004F3" w:rsidRDefault="00F7080A" w:rsidP="00415FB0">
+                    <w:pPr>
+                      <w:kinsoku w:val="0"/>
+                      <w:overflowPunct w:val="0"/>
+                      <w:spacing w:line="224" w:lineRule="exact"/>
+                      <w:ind w:left="20"/>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:color w:val="000000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="FFFFFF"/>
+                        <w:spacing w:val="-6"/>
+                      </w:rPr>
+                      <w:t>EDITORIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00702812">
+      <w:t xml:space="preserve">   </w:t>
+    </w:r>
+    <w:r w:rsidR="00F7080A" w:rsidRPr="00BE52C4">
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:hyperlink r:id="rId2" w:history="1">
+      <w:r w:rsidR="00F7080A" w:rsidRPr="00A422EC">
+        <w:rPr>
+          <w:rStyle w:val="Hipervnculo"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>https://editorial.udv.edu.gt/index.php/RCMV</w:t>
+      </w:r>
+    </w:hyperlink>
+    <w:r w:rsidR="00F7080A">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:color w:val="006600"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00F7080A" w:rsidRPr="00815B3B">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:color w:val="006600"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve">  </w:t>
+    </w:r>
+    <w:r w:rsidR="00D85871" w:rsidRPr="00B940F2">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="002060"/>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00D85871" w:rsidRPr="00B940F2">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>e</w:t>
+    </w:r>
+    <w:r w:rsidR="00D85871">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>-</w:t>
+    </w:r>
+    <w:r w:rsidR="00D85871" w:rsidRPr="00B940F2">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">ISSN: </w:t>
+    </w:r>
+    <w:r w:rsidR="00D85871" w:rsidRPr="00462715">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>2958-9533</w:t>
+    </w:r>
+    <w:r w:rsidR="00D85871">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> - </w:t>
+    </w:r>
+    <w:r w:rsidR="00D85871" w:rsidRPr="00B940F2">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>ISSN</w:t>
+    </w:r>
+    <w:r w:rsidR="00D85871">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> impresa</w:t>
+    </w:r>
+    <w:r w:rsidR="00D85871" w:rsidRPr="00B940F2">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>:</w:t>
+    </w:r>
+    <w:r w:rsidR="00D85871">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00D85871" w:rsidRPr="000F1CEA">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>2960-2696</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00EE5A53" w:rsidRPr="00387A42" w:rsidRDefault="00EE5A53" w:rsidP="003312B4">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="es-MX"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30102410"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F3942758"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
@@ -4771,143 +7202,150 @@
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C26042"/>
     <w:rsid w:val="00017CF0"/>
-    <w:rsid w:val="00034C43"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0015420F"/>
+    <w:rsid w:val="0004045D"/>
+    <w:rsid w:val="00054D63"/>
+    <w:rsid w:val="000B5B13"/>
+    <w:rsid w:val="000F5DB1"/>
+    <w:rsid w:val="00110CB0"/>
+    <w:rsid w:val="00150650"/>
     <w:rsid w:val="001F687F"/>
+    <w:rsid w:val="0024376A"/>
     <w:rsid w:val="00243B1E"/>
-    <w:rsid w:val="002C2AA2"/>
+    <w:rsid w:val="0028407D"/>
+    <w:rsid w:val="002A1F0B"/>
     <w:rsid w:val="00335CC8"/>
     <w:rsid w:val="0039144A"/>
     <w:rsid w:val="003958E6"/>
-    <w:rsid w:val="003963FD"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003F077B"/>
+    <w:rsid w:val="003D7DFE"/>
     <w:rsid w:val="003F3B1A"/>
-    <w:rsid w:val="00413250"/>
-    <w:rsid w:val="004B3099"/>
+    <w:rsid w:val="00413172"/>
+    <w:rsid w:val="0047694A"/>
+    <w:rsid w:val="004827A6"/>
     <w:rsid w:val="004B63B0"/>
+    <w:rsid w:val="004C5D0B"/>
+    <w:rsid w:val="004D47F5"/>
+    <w:rsid w:val="004F00FB"/>
     <w:rsid w:val="005355E3"/>
-    <w:rsid w:val="005826DA"/>
+    <w:rsid w:val="00573246"/>
+    <w:rsid w:val="00591CC1"/>
+    <w:rsid w:val="005A1F12"/>
+    <w:rsid w:val="005D3A24"/>
     <w:rsid w:val="005E1095"/>
-    <w:rsid w:val="00686D2F"/>
     <w:rsid w:val="006D1C14"/>
+    <w:rsid w:val="006E4871"/>
+    <w:rsid w:val="00700C3E"/>
+    <w:rsid w:val="00702812"/>
     <w:rsid w:val="00703E7F"/>
-    <w:rsid w:val="00722AD9"/>
+    <w:rsid w:val="007230B1"/>
+    <w:rsid w:val="00774C7C"/>
     <w:rsid w:val="00774EFB"/>
-    <w:rsid w:val="00775D8B"/>
     <w:rsid w:val="007C0729"/>
-    <w:rsid w:val="007C142B"/>
+    <w:rsid w:val="007C6A52"/>
     <w:rsid w:val="007E30F6"/>
     <w:rsid w:val="007E3FD4"/>
+    <w:rsid w:val="007E65F2"/>
     <w:rsid w:val="00825EE1"/>
+    <w:rsid w:val="00832D26"/>
     <w:rsid w:val="00844FFA"/>
-    <w:rsid w:val="00846CF3"/>
     <w:rsid w:val="008B61CB"/>
     <w:rsid w:val="00941EE8"/>
-    <w:rsid w:val="0099404A"/>
     <w:rsid w:val="00A217A0"/>
-    <w:rsid w:val="00A260AB"/>
     <w:rsid w:val="00A318B1"/>
-    <w:rsid w:val="00A6055D"/>
-    <w:rsid w:val="00AA0342"/>
+    <w:rsid w:val="00AA3943"/>
     <w:rsid w:val="00AE3EC8"/>
-    <w:rsid w:val="00B04C5C"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C236C2"/>
     <w:rsid w:val="00C26042"/>
     <w:rsid w:val="00C42E47"/>
-    <w:rsid w:val="00C846B7"/>
-    <w:rsid w:val="00C97DAC"/>
+    <w:rsid w:val="00C5259B"/>
+    <w:rsid w:val="00CB0B65"/>
+    <w:rsid w:val="00CC602D"/>
+    <w:rsid w:val="00CE4525"/>
     <w:rsid w:val="00CF3653"/>
     <w:rsid w:val="00CF7F10"/>
     <w:rsid w:val="00D12D0B"/>
-    <w:rsid w:val="00D66DD6"/>
-    <w:rsid w:val="00DD183F"/>
+    <w:rsid w:val="00D813E9"/>
+    <w:rsid w:val="00D85871"/>
     <w:rsid w:val="00DE5CDF"/>
     <w:rsid w:val="00E41A19"/>
     <w:rsid w:val="00E73F25"/>
     <w:rsid w:val="00E7592B"/>
+    <w:rsid w:val="00EE5A53"/>
     <w:rsid w:val="00EF1A4F"/>
-    <w:rsid w:val="00EF6381"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F43247"/>
     <w:rsid w:val="00F515E2"/>
     <w:rsid w:val="00F7080A"/>
-    <w:rsid w:val="00F8484B"/>
+    <w:rsid w:val="00F93D66"/>
     <w:rsid w:val="00FC4BFF"/>
+    <w:rsid w:val="00FD563A"/>
+    <w:rsid w:val="00FE0774"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-GT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
@@ -5400,92 +7838,108 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C26042"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="authorinfo">
     <w:name w:val="authorinfo"/>
     <w:rsid w:val="00D12D0B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="400" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Prrafodelista">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="007E65F2"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
   <w:style w:type="table" w:styleId="Tablaconcuadrcula">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tablanormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00A260AB"/>
+    <w:rsid w:val="00FE0774"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Prrafodelista">
-[...9 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/xxxxx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/0000-0003-3812-4239" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\mpileta\Documents\4%20Da%20VINCI\0.2.%20Revista%20Medicina-UDV\0.%20REVISTA\DOCUMENTOS%20DE%20LA%20REVISTA\plantillas\xxxxx@xxxx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miday@infomed.sld.cu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/0000-0003-3812-4559" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/0000-0003-3812-4239" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miday@infomed.sld.cu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/0000-0003-3812-4559" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elenacoello445@gmail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/0009-0005-8545-6115" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/0000-0002-8934-8227" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marydg231073@gmail.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/0000-0002-4866-8523" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nmartinez@infomed.sld.cu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/0000-0002-9545-1474" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:midayba77@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ernestobrull8@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editorial.udv.edu.gt/index.php/RCMV" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/_rels/header4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editorial.udv.edu.gt/index.php/RCMV" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5743,78 +8197,78 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>9779</Characters>
+  <Pages>7</Pages>
+  <Words>1446</Words>
+  <Characters>7953</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>244</Lines>
-  <Paragraphs>85</Paragraphs>
+  <Lines>66</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11332</CharactersWithSpaces>
+  <CharactersWithSpaces>9381</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Miday Columbié Pileta de Morasen</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
-    <vt:lpwstr>1ec5b48295d2f1aa1e3d976b932a3825b3fb4c87132f00321fe6e2c7574a5e59</vt:lpwstr>
+    <vt:lpwstr>1fbb1d02c319bc3fedc67205cf7a5a21f561333d6d680751f5a3b6cfd3bd7558</vt:lpwstr>
   </property>
 </Properties>
 </file>